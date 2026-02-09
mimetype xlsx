--- v0 (2025-12-19)
+++ v1 (2026-02-09)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>19.12.2025</t>
+    <t>09.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>12.11.2024</t>
   </si>
   <si>
     <t>ЗАЩИТА СОЦИАЛЬНЫХ ПРАВ ГРАЖДАН ОРГАНАМИ ПУБЛИЧНОЙ ВЛАСТИ РОССИИ. Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Г. Н. Комкова [и др.] ; под редакцией Г. Н. Комковой, Р. А. Торосян.</t>
+    <t>Под ред. Комковой Г. Н., Торосян Р. А.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Право социального обеспечения</t>
   </si>
   <si>
     <t>Издание содержит тексты лекций, в которых в доступной и понятной форме раскрываются современные актуальные проблемы развития социального права, действия законодательства, формирования юридической практики в сфере защиты социальных прав граждан органами публичной власти. В курсе содержится не только теоретический материал, затрагивающий вопросы обеспечения и защиты социальных прав граждан, но также списки рекомендуемой литературы и глоссарий. Курс направлен на реализацию компетентностного подхода при изучении вопросов защиты социальных прав граждан органами публичной власти России. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, магистрантов, аспирантов, преподавателей юридических и других гуманитарных вузов, практических работников и всех читателей, интересующихся рассматриваемой проблематикой.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-21039-2</t>
   </si>
@@ -588,51 +588,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zaschita-socialnyh-prav-grazhdan-organami-publichnoy-vlasti-rossii-559221" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konstitucionnoe-pravo-praktikum-561861" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konstitucionnoe-pravo-praktikum-563276" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zaschita-socialnyh-prav-grazhdan-organami-publichnoy-vlasti-rossii-590052" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konstitucionnoe-pravo-praktikum-561861" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konstitucionnoe-pravo-praktikum-563276" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -813,81 +813,81 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>559221</v>
+        <v>590052</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>151</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>869.0</v>
+        <v>929.0</v>
       </c>
       <c r="M5" s="9">
-        <v>959.0</v>
+        <v>1019.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -910,54 +910,54 @@
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2025</v>
       </c>
       <c r="J6" s="8">
         <v>243</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
@@ -980,54 +980,54 @@
       <c r="B7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2025</v>
       </c>
       <c r="J7" s="8">
         <v>243</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>