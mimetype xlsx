--- v0 (2025-12-06)
+++ v1 (2026-01-20)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
-[...1 lines deleted...]
-    <t>06.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+  <si>
+    <t>20.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -154,90 +154,87 @@
   <si>
     <t>Международное право и международное частное право</t>
   </si>
   <si>
     <t>В издании описана деятельность судебных учреждений, комиссий и специальных процедур, функционирующих в рамках региональных систем защиты прав человека Африки. Рассматриваются темы, посвященные африканской системе защиты прав человека. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, обучающихся по направлению «Юриспруденция», аспирантов, преподавателей, а также для всех интересующихся современными проблемами международного права.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-18688-8</t>
   </si>
   <si>
     <t>67.400.7я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>15.05.2025</t>
   </si>
   <si>
     <t>ВОЗДУШНОЕ ПРАВО: МЕЖДУНАРОДНЫЕ АСПЕКТЫ 2-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
-    <t>А.И. Травников [и др.]; под редакцией А.И. Травникова, А.Х. Абашидзе.</t>
+    <t>Под ред. Травникова А.И., Абашидзе А.Х.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Настоящий курс содержит общетеоретические вопросы современного международного воздушного права, подкрепленные международной практикой государств и международных организаций в области обеспечения эффективной и безопасной аэронавигации, организации авиаперевозок и борьбы с актами незаконного вмешательства в деятельность гражданской авиации. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по юридическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20423-0</t>
   </si>
   <si>
     <t>67.91я723</t>
   </si>
   <si>
     <t>ЕВРОПЕЙСКАЯ СИСТЕМА ЗАЩИТЫ ПРАВ ЧЕЛОВЕКА 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Абашидзе А. Х., Алисиевич Е. С. ; Под ред. Абашидзе А.Х.</t>
   </si>
   <si>
     <t>В издании описана деятельность судебных учреждений, комиссий и специальных процедур, функционирующих в рамках региональных систем защиты прав человека Европы. Рассматриваются темы, посвященные европейской системе защиты прав человека. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, обучающихся по направлению «Юриспруденция», аспирантов, преподавателей, а также для всех интересующихся современными проблемами международного права.</t>
   </si>
   <si>
     <t>978-5-534-18689-5</t>
   </si>
   <si>
     <t>30.01.2024</t>
   </si>
   <si>
     <t>МЕЖДУНАРОДНОЕ ВОЗДУШНОЕ ПРАВО 2-е изд., пер. и доп. Учебник для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t>Под ред. Травникова А.И., Абашидзе А.Х.</t>
   </si>
   <si>
     <t>Настоящий курс содержит общетеоретические вопросы современного международного воздушного права, подкрепленные международной практикой государств и международных организаций в области обеспечения эффективной и безопасной аэронавигации, организации авиаперевозок и борьбы с актами незаконного вмешательства в деятельность гражданской авиации. Курс нацелен на содействие в подготовке высококвалифицированных специалистов в области международного воздушного права. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования.</t>
   </si>
   <si>
     <t>978-5-534-16840-2</t>
   </si>
   <si>
     <t>67.91я73</t>
   </si>
   <si>
     <t>12.04.2018</t>
   </si>
   <si>
     <t>МЕЖДУНАРОДНОЕ КОСМИЧЕСКОЕ ПРАВО 2-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>Под ред. Жукова Г.П., Абашидзе А.Х.</t>
   </si>
   <si>
     <t>В курсе дается систематическое изложение всех основных элементов, образующих международное космическое право. В нем рассматриваются как классические, так и современные проблемы, которые находятся в повестке соответствующих органов ООН и других международных организаций. Для студентов и преподавателей юридических вузов и факультетов, а также всех интересующихся актуальными проблемами международных отношений.</t>
   </si>
   <si>
     <t>978-5-534-17419-9</t>
   </si>
@@ -696,51 +693,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/afrikanskaya-sistema-zaschity-prav-cheloveka-i-narodov-562609" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vozdushnoe-pravo-mezhdunarodnye-aspekty-581414" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/evropeyskaya-sistema-zaschity-prav-cheloveka-562608" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-vozdushnoe-pravo-564166" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-kosmicheskoe-pravo-561672" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-pravo-568746" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-pravo-mirnoe-razreshenie-sporov-562143" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-evropeyskogo-soyuza-v-2-ch-chast-1-564573" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-evropeyskogo-soyuza-v-2-chastyah-ch-2-564574" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-mezhdunarodnyh-organizaciy-560361" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/afrikanskaya-sistema-zaschity-prav-cheloveka-i-narodov-585133" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vozdushnoe-pravo-mezhdunarodnye-aspekty-590426" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/evropeyskaya-sistema-zaschity-prav-cheloveka-585132" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-vozdushnoe-pravo-586251" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-kosmicheskoe-pravo-561672" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-pravo-568746" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-pravo-mirnoe-razreshenie-sporov-562143" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-evropeyskogo-soyuza-v-2-ch-chast-1-586443" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-evropeyskogo-soyuza-v-2-chastyah-ch-2-586444" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-mezhdunarodnyh-organizaciy-583086" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -921,69 +918,69 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>562609</v>
+        <v>585133</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>138</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>699.0</v>
       </c>
       <c r="M5" s="9">
         <v>769.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
@@ -991,69 +988,69 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.185</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>581414</v>
+        <v>590426</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>474</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="9">
         <v>2269.0</v>
       </c>
       <c r="M6" s="9">
         <v>2499.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
@@ -1061,69 +1058,69 @@
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.694</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>562608</v>
+        <v>585132</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>156</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="9">
         <v>889.0</v>
       </c>
       <c r="M7" s="9">
         <v>979.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
@@ -1131,529 +1128,529 @@
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.309</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>564166</v>
+        <v>586251</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>474</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L8" s="9">
         <v>2269.0</v>
       </c>
       <c r="M8" s="9">
         <v>2499.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.694</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
         <v>561672</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" s="6" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2025</v>
       </c>
       <c r="J9" s="8">
         <v>466</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L9" s="9">
         <v>2229.0</v>
       </c>
       <c r="M9" s="9">
         <v>2449.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.685</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
         <v>568746</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" s="6" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2025</v>
       </c>
       <c r="J10" s="8">
         <v>664</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
         <v>2719.0</v>
       </c>
       <c r="M10" s="9">
         <v>2989.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.816</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
         <v>562143</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2025</v>
       </c>
       <c r="J11" s="8">
         <v>221</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L11" s="9">
         <v>1169.0</v>
       </c>
       <c r="M11" s="9">
         <v>1289.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.388</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>564573</v>
+        <v>586443</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" s="6" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>327</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L12" s="9">
         <v>1629.0</v>
       </c>
       <c r="M12" s="9">
         <v>1789.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.516</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>564574</v>
+        <v>586444</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>343</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L13" s="9">
         <v>1699.0</v>
       </c>
       <c r="M13" s="9">
         <v>1869.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.536</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>560361</v>
+        <v>583086</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>565</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L14" s="9">
         <v>2659.0</v>
       </c>
       <c r="M14" s="9">
         <v>2919.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.805</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>