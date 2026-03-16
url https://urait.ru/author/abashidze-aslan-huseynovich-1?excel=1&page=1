--- v1 (2026-01-20)
+++ v2 (2026-03-16)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
-[...1 lines deleted...]
-    <t>20.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+  <si>
+    <t>16.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -220,65 +220,50 @@
   <si>
     <t>978-5-534-16840-2</t>
   </si>
   <si>
     <t>67.91я73</t>
   </si>
   <si>
     <t>12.04.2018</t>
   </si>
   <si>
     <t>МЕЖДУНАРОДНОЕ КОСМИЧЕСКОЕ ПРАВО 2-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>Под ред. Жукова Г.П., Абашидзе А.Х.</t>
   </si>
   <si>
     <t>В курсе дается систематическое изложение всех основных элементов, образующих международное космическое право. В нем рассматриваются как классические, так и современные проблемы, которые находятся в повестке соответствующих органов ООН и других международных организаций. Для студентов и преподавателей юридических вузов и факультетов, а также всех интересующихся актуальными проблемами международных отношений.</t>
   </si>
   <si>
     <t>978-5-534-17419-9</t>
   </si>
   <si>
     <t>67.412я73</t>
   </si>
   <si>
-    <t>27.11.2020</t>
-[...13 lines deleted...]
-  <si>
     <t>04.08.2016</t>
   </si>
   <si>
     <t>МЕЖДУНАРОДНОЕ ПРАВО. МИРНОЕ РАЗРЕШЕНИЕ СПОРОВ 3-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Абашидзе А. Х., Солнцев А. М.</t>
   </si>
   <si>
     <t>Учебное пособие посвящено комплексному анализу теоретических и практических проблем современного международного права, связанных с мирным разрешением международных споров. Последовательно раскрывается становление, развитие и содержание системы средств мирного разрешения международных споров, особое внимание уделяется международным судебным учреждениям, включая квазисудебные органы, анализируются проблемы разрешения международных споров в различных отраслях международного права, отмечаются современные проблемы и тенденции развития мирных средств разрешения споров. Использованный метод сравнительного анализа способствует прогнозированию возможного сценария дальнейшего развития системы мирного разрешения международных споров.</t>
   </si>
   <si>
     <t>978-5-534-07334-8</t>
   </si>
   <si>
     <t>14.04.2021</t>
   </si>
   <si>
     <t>ПРАВО ЕВРОПЕЙСКОГО СОЮЗА В 2 Ч. ЧАСТЬ 1 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Под ред. Абашидзе А.Х., Иншаковой А. О.</t>
   </si>
   <si>
     <t>Курс представляет собой объединение тематического материала из лучших конспектов лекций, фундаментальных трудов, монографий, периодических публикаций, в том числе научных статей в реферируемых ВАК РФ изданиях и в зарубежных изданиях, индексируемых в международных базах данных SCOPUS и Web of Science Core Collection, а также комментариев представителей авторского коллектива — профессорско-преподавательского состава кафедры гражданского и международного частного права ВолГУ (базовой кафедры ЮНЦ РАН), кафедры международного права РУДН и приглашенных к участию в создании курса специалистов иных ведущих вузов страны. Тесное взаимодействие международного частного и публичного права, обеспеченное узкопрофильными специалистами двух кафедр, обусловило структуру курса, состоящего из двух частей — общей и особенной, охватывающих правовые вопросы как первичного, так и вторичного европейского интеграционного права. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов юридических вузов и факультетов, аспирантов, преподавателей, научно-педагогических и практических работников, а также для специалистов в области международного и международного частного права и всех интересующихся правом Европейского Союза.</t>
@@ -290,50 +275,68 @@
     <t>31.03.2021</t>
   </si>
   <si>
     <t>ПРАВО ЕВРОПЕЙСКОГО СОЮЗА. В 2 ЧАСТЯХ. Ч. 2 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Настоящий курс — помощник в изучении правовых основ интеграционного права, объединенной многонациональной Европы, созданный в соответствии с самыми высокими образовательными стандартами и прикладными задачами. Теоретические вопросы права Европейского Союза сопровождаются практикумом, содержащим контрольные вопросы, задачи и тесты, которые позволят лучше усвоить теорию курса. Книга состоит из двух соответствующих частей — общей, посвященной предпосылкам, инициирующим процессы европейской интеграции, формированию, основополагающим принципам и особенностям первичного права ЕС, его институциональной системе, общей политике внешней безопасности, а также особенной, раскрывающей правовые основы экономического и социального регулирования ЕС. Всего обе части включают в себя 27 тем, каждая из которых знакомит с основами правового регулирования важнейших сфер межгосударственного сотрудничества стран — участниц ЕС, его экономической и социальной деятельности, а также наднационального координирования соответствующих общих политик объединенной Европы.</t>
   </si>
   <si>
     <t>978-5-534-14615-8, 978-5-534-14614-1</t>
   </si>
   <si>
     <t>10.03.2023</t>
   </si>
   <si>
     <t>ПРАВО МЕЖДУНАРОДНЫХ ОРГАНИЗАЦИЙ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе рассмотрены основные вопросы структуры и деятельности международных организаций. Изложены понятия и определения международных организаций, их классификация, правовая природа, создание и прекращение, а также вопросы правопреемства и ответственности. Раскрыты организационно-правовые и административно-правовые вопросы международных организаций, а также описаны особенности универсальных (ООН, специализированные учреждения ООН) и региональных международных организаций. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, аспирантов и преподавателей юридических факультетов и вузов, а также всех интересующихся проблемами международного права, внешней политики и международных отношений.</t>
   </si>
   <si>
     <t>978-5-534-16047-5</t>
   </si>
   <si>
     <t>37.412я73</t>
+  </si>
+  <si>
+    <t>07.11.2017</t>
+  </si>
+  <si>
+    <t>ПРАВО МЕЖДУНАРОДНЫХ ОРГАНИЗАЦИЙ. РЕГИОНАЛЬНЫЕ, МЕЖРЕГИОНАЛЬНЫЕ, СУБРЕГИОНАЛЬНЫЕ МЕЖПРАВИТЕЛЬСТВЕННЫЕ ОРГАНИЗАЦИИ. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Под ред. Абашидзе А.Х., Солнцева А. М.</t>
+  </si>
+  <si>
+    <t>Учебник представляет собой первое в российской международно-правовой науке издание, в котором в систематизированном виде изложен материал о деятельности международных межправительственных организаций регионального, межрегионального и субрегионального характера, о некоторых из которых известно мало или вообще отсутствует информация.</t>
+  </si>
+  <si>
+    <t>978-5-534-05411-8</t>
+  </si>
+  <si>
+    <t>66.4(0)6я73</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
@@ -693,51 +696,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/afrikanskaya-sistema-zaschity-prav-cheloveka-i-narodov-585133" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vozdushnoe-pravo-mezhdunarodnye-aspekty-590426" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/evropeyskaya-sistema-zaschity-prav-cheloveka-585132" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-vozdushnoe-pravo-586251" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-kosmicheskoe-pravo-561672" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-pravo-568746" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-pravo-mirnoe-razreshenie-sporov-562143" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-evropeyskogo-soyuza-v-2-ch-chast-1-586443" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-evropeyskogo-soyuza-v-2-chastyah-ch-2-586444" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-mezhdunarodnyh-organizaciy-583086" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/afrikanskaya-sistema-zaschity-prav-cheloveka-i-narodov-585133" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vozdushnoe-pravo-mezhdunarodnye-aspekty-590426" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/evropeyskaya-sistema-zaschity-prav-cheloveka-585132" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-vozdushnoe-pravo-586251" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-kosmicheskoe-pravo-561672" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-pravo-mirnoe-razreshenie-sporov-562143" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-evropeyskogo-soyuza-v-2-ch-chast-1-586443" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-evropeyskogo-soyuza-v-2-chastyah-ch-2-586444" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-mezhdunarodnyh-organizaciy-583086" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-mezhdunarodnyh-organizaciy-regionalnye-mezhregionalnye-subregionalnye-mezhpravitelstvennye-organizacii-564064" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -945,54 +948,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>138</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>699.0</v>
+        <v>749.0</v>
       </c>
       <c r="M5" s="9">
-        <v>769.0</v>
+        <v>819.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -1015,54 +1018,54 @@
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>474</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="9">
-        <v>2269.0</v>
+        <v>2429.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2499.0</v>
+        <v>2669.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>51</v>
       </c>
@@ -1085,54 +1088,54 @@
       <c r="B7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>156</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="9">
-        <v>889.0</v>
+        <v>959.0</v>
       </c>
       <c r="M7" s="9">
-        <v>979.0</v>
+        <v>1049.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>56</v>
       </c>
@@ -1155,54 +1158,54 @@
       <c r="B8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>474</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L8" s="9">
-        <v>2269.0</v>
+        <v>2429.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2499.0</v>
+        <v>2669.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>60</v>
       </c>
@@ -1225,438 +1228,438 @@
       <c r="B9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2025</v>
       </c>
       <c r="J9" s="8">
         <v>466</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L9" s="9">
-        <v>2229.0</v>
+        <v>2389.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2449.0</v>
+        <v>2629.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.685</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>568746</v>
+        <v>562143</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2025</v>
       </c>
       <c r="J10" s="8">
-        <v>664</v>
+        <v>221</v>
       </c>
       <c r="K10" s="6" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="L10" s="9">
-        <v>2719.0</v>
+        <v>1259.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2989.0</v>
+        <v>1379.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
-        <v>0.816</v>
+        <v>0.388</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>562143</v>
+        <v>586443</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
-        <v>221</v>
+        <v>327</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L11" s="9">
-        <v>1169.0</v>
+        <v>1749.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1289.0</v>
+        <v>1919.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
-        <v>0.388</v>
+        <v>0.516</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>586443</v>
+        <v>586444</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>78</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2026</v>
       </c>
       <c r="J12" s="8">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L12" s="9">
-        <v>1629.0</v>
+        <v>1819.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1789.0</v>
+        <v>1999.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>67</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
-        <v>0.516</v>
+        <v>0.536</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>586444</v>
+        <v>583086</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>80</v>
+        <v>33</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
         <v>2026</v>
       </c>
       <c r="J13" s="8">
-        <v>343</v>
+        <v>565</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L13" s="9">
-        <v>1699.0</v>
+        <v>2849.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1869.0</v>
+        <v>3129.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>67</v>
+        <v>86</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
-        <v>0.536</v>
+        <v>0.805</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>583086</v>
+        <v>564064</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>87</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>88</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="J14" s="8">
-        <v>565</v>
+        <v>331</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L14" s="9">
-        <v>2659.0</v>
+        <v>1769.0</v>
       </c>
       <c r="M14" s="9">
-        <v>2919.0</v>
+        <v>1949.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
-        <v>0.805</v>
+        <v>0.521</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>
     <hyperlink ref="G14" r:id="rId_hyperlink_10"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">