--- v0 (2025-12-06)
+++ v1 (2026-02-08)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
-[...1 lines deleted...]
-    <t>06.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+  <si>
+    <t>08.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -109,81 +109,81 @@
   <si>
     <t>Аннотация</t>
   </si>
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
-    <t>02.08.2023</t>
-[...2 lines deleted...]
-    <t>АНАЛИЗ ВНЕШНЕЭКОНОМИЧЕСКОЙ ДЕЯТЕЛЬНОСТИ. Учебник для вузов</t>
+    <t>15.12.2025</t>
+  </si>
+  <si>
+    <t>АНАЛИЗ ВНЕШНЕЭКОНОМИЧЕСКОЙ ДЕЯТЕЛЬНОСТИ 4-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>Сысоева Г. Ф., Малецкая И. П., Абдалова Е. Б. ; Под ред. Сысоевой Г.Ф.</t>
   </si>
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Экономические науки</t>
   </si>
   <si>
     <t>Мировая экономика и внешнеэкономическая деятельность</t>
   </si>
   <si>
-    <t>В курсе исследованы содержание внешнеэкономической деятельности и ее регулирование. Раскрыты особенности анализа внешнеэкономической деятельности организаций. Приведена методика анализа влияния экспорта на основные показатели деятельности организации. Использование рекомендуемых методик анализа позволяет разрабатывать и оценивать управленческие решения по повышению эффективности экспортно-импортных операций. Изложение теоретического материала сопровождается примерами, контрольными вопросами, заданиями по решению конкретных ситуаций. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс предназначен для студентов магистратуры, обучающихся по экономическим направлениям, а также для преподавателей экономических вузов, бухгалтеров, аудиторов, бизнес-аналитиков.</t>
+    <t>В курсе рассматриваются сущность и регулирование внешнеэкономической деятельности. Особое внимание уделяется методике анализа внешнеэкономической деятельности организаций, включая принципы аналитической оценки условий внешнеторговых контрактов и вариантов коммерческих сделок для обоснованного принятия управленческих решений. Применение предлагаемых инструментов анализа направлено на разработку и оценку решений по повышению эффективности экспортно-импортных операций. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс предназначен для студентов магистратуры, обучающихся по экономическим направлениям, а также для преподавателей экономических вузов, бухгалтеров, аудиторов, бизнес-аналитиков.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
-    <t>978-5-534-17420-5</t>
+    <t>978-5-534-21860-2</t>
   </si>
   <si>
     <t>65.298я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>04.12.2025</t>
   </si>
   <si>
     <t>БУХГАЛТЕРСКИЙ УЧЕТ, НАЛОГООБЛОЖЕНИЕ И АНАЛИЗ ВНЕШНЕЭКОНОМИЧЕСКОЙ ДЕЯТЕЛЬНОСТИ 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Бухгалтерский учет и аудит. Налоговый учет</t>
   </si>
   <si>
     <t>Исследованы содержание внешнеэкономической деятельности, ее регулирование, порядок организации бухгалтерского и налогового учета валютных операций, экспорта и импорта товаров. Проведено сравнение правил учета курсовых разниц в соответствии с российским стандартом и МСФО. Раскрыты особенности анализа внешнеэкономической деятельности организаций. Значительное внимание уделено обоснованию применения экспортных и импортных цен при заключении контрактов. Обоснована и изложена методика комплексного анализа влияния основных факторов на показатели экспорта как по отдельным контрактам, так и по всему экспорту организации. По импортным операциям представлена методика анализа факторов, влияющих на формирование затрат, связанных с импортом, а также эффективности импорта товаров, приобретаемых с целью их продажи на внутреннем рынке и для производственных нужд организации. Изложение теоретического материала сопровождается примерами, контрольными вопросами, заданиями по решению конкретных ситуаций.</t>
   </si>
   <si>
     <t>978-5-534-21859-6</t>
   </si>
@@ -202,57 +202,60 @@
   <si>
     <t>978-5-534-18019-0</t>
   </si>
   <si>
     <t>65.290я73</t>
   </si>
   <si>
     <t>УПРАВЛЕНЧЕСКИЙ УЧЕТ 3-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Материалы учебника содержат в себе необходимый минимум профессиональной информации, изучение которой позволяет сформировать профессиональные компетенции студентов, изучающих дисциплину «Управленческий учет». Успешное освоение учебных материалов позволит сформировать общекультурные, общепрофессиональные и профессиональные компетенции. В конце каждой главы представлен практикум, включающий вопросы и задания для самостоятельной работы, который поможет студенту самостоятельно подготовиться к зачету или экзамену. Соответствует актуальным требованиям федеральных государственных образовательных стандартов среднего профессионального образования и профессиональным требованиям. Предназначено для студентов образовательных учреждений среднего профессионального образования, обучающихся по экономическим специальностям.</t>
   </si>
   <si>
     <t>978-5-534-18021-3</t>
   </si>
   <si>
     <t>65.290я723</t>
   </si>
   <si>
-    <t>УЧЕТ И АНАЛИЗ ВНЕШНЕЭКОНОМИЧЕСКОЙ ДЕЯТЕЛЬНОСТИ 3-е изд., пер. и доп. Учебник для СПО</t>
-[...5 lines deleted...]
-    <t>978-5-534-17421-2</t>
+    <t>19.12.2025</t>
+  </si>
+  <si>
+    <t>УЧЕТ И АНАЛИЗ ВНЕШНЕЭКОНОМИЧЕСКОЙ ДЕЯТЕЛЬНОСТИ 4-е изд., пер. и доп. Учебник для СПО</t>
+  </si>
+  <si>
+    <t>В курсе исследованы содержание внешнеэкономической деятельности, ее регулирование, порядок организации бухгалтерского и налогового учета валютных операций, экспорта и импорта товаров, в том числе с учетом привлечения посреднических организаций, внешнеторговых бартерных операций. Проведено сравнение правил учета курсовых разниц в соответствии с российским стандартом и МСФО. Изложение теоретического материала сопровождается примерами, контрольными вопросами, заданиями по решению конкретных ситуаций.</t>
+  </si>
+  <si>
+    <t>978-5-534-21861-9</t>
   </si>
   <si>
     <t>65.298я723</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -615,51 +618,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/analiz-vneshneekonomicheskoy-deyatelnosti-568265" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/buhgalterskiy-uchet-nalogooblozhenie-i-analiz-vneshneekonomicheskoy-deyatelnosti-582313" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlencheskiy-uchet-560319" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlencheskiy-uchet-561344" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/uchet-i-analiz-vneshneekonomicheskoy-deyatelnosti-568671" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/analiz-vneshneekonomicheskoy-deyatelnosti-582314" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/buhgalterskiy-uchet-nalogooblozhenie-i-analiz-vneshneekonomicheskoy-deyatelnosti-582313" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlencheskiy-uchet-583039" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlencheskiy-uchet-584073" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/uchet-i-analiz-vneshneekonomicheskoy-deyatelnosti-582315" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -840,395 +843,395 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>568265</v>
+        <v>582314</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>589.0</v>
+        <v>599.0</v>
       </c>
       <c r="M5" s="9">
-        <v>649.0</v>
+        <v>659.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
-        <v>0.152</v>
+        <v>0.142</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
         <v>582313</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>299</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="9">
-        <v>1509.0</v>
+        <v>1619.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1659.0</v>
+        <v>1779.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.482</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>560319</v>
+        <v>583039</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>435</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="9">
-        <v>2099.0</v>
+        <v>2249.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2309.0</v>
+        <v>2469.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.647</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>561344</v>
+        <v>584073</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>435</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L8" s="9">
-        <v>2099.0</v>
+        <v>2249.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2309.0</v>
+        <v>2469.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.647</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>568671</v>
+        <v>582315</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
-        <v>309</v>
+        <v>226</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L9" s="9">
-        <v>1549.0</v>
+        <v>1279.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1699.0</v>
+        <v>1409.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>57</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>58</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
-        <v>0.494</v>
+        <v>0.394</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>