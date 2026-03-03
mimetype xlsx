--- v1 (2026-02-08)
+++ v2 (2026-03-03)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
-    <t>08.02.2026</t>
+    <t>03.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>