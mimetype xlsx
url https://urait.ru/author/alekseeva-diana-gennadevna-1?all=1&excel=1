--- v0 (2025-12-25)
+++ v1 (2026-03-07)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
-[...1 lines deleted...]
-    <t>25.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+  <si>
+    <t>08.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>16.12.2024</t>
   </si>
   <si>
     <t>БАНКОВСКИЕ ОПЕРАЦИИ С ЦЕННЫМИ БУМАГАМИ. ВАЛЮТНЫЕ И СОПУТСТВУЮЩИЕ ОПЕРАЦИИ 2-е изд., пер. и доп. Учебное пособие для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> Д. Г. Алексеева [и др.] ; ответственные редакторы Д. Г. Алексеева, С. В. Пыхтин.</t>
+    <t>Отв. ред. Алексеева Д. Г., Пыхтин С. В.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Экономические науки</t>
   </si>
   <si>
     <t>Деньги. Кредит. Банки</t>
   </si>
   <si>
     <t>В курсе рассматриваются операции кредитных организаций с валютными ценностями, эмиссионными и неэмиссионными ценными бумагами, а также сопутствующие услуги, которые банки оказывают своим клиентам (хранение ценностей в индивидуальных банковских сейфах, инкассация и перевозка денежных средств, факторинговое обслуживание, операции с драгоценными металлами и драгоценными камнями). Учтены последние изменения банковского законодательства России. Особое внимание уделено вопросам, имеющим практическое значение, анализу пробелов и противоречий правового регулирования банковских отношений, рассмотрению наиболее спорных и сложных аспектов осуществления отдельных банковских операций и сделок на основе арбитражной и правоприменительной банковской практики. Это поможет читателю не только освоить теоретическую составляющую правового режима банковской деятельности, но и ознакомиться с позицией судебных, правоохранительных и контролирующих органов по ряду актуальных вопросов, получить представление об основах работы банков с ценными бумагами.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-21043-9</t>
   </si>
@@ -181,114 +181,108 @@
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>В курсе рассматриваются особенности правового регулирования банковского кредитования. Учтены изменения банковского законодательства России. Особое внимание уделено вопросам, имеющим практическое значение, анализу пробелов и противоречий правового регулирования банковских кредитных отношений, рассмотрению наиболее спорных и сложных аспектов банковского кредитования на основе арбитражной и правоприменительной банковской практики. Это поможет студенту не только освоить теоретическую составляющую правового режима банковской кредитной деятельности, но и ознакомиться с позицией судебных, правоохранительных и контролирующих органов по ряду актуальных вопросов, получить представление об основах работы кредитных организаций по этому вопросу.</t>
   </si>
   <si>
     <t>978-5-534-19250-6</t>
   </si>
   <si>
     <t>67.404.2я73</t>
   </si>
   <si>
     <t>26.11.2024</t>
   </si>
   <si>
     <t>БАНКОВСКОЕ ПРАВО 5-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t>Под ред. Пыхтина С. В.</t>
+    <t>Под ред. Алексеевой Д.Г., Пыхтина С. В.</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Финансовое право</t>
   </si>
   <si>
     <t>В учебнике рассматриваются особенности правового регулирования создания и функционирования кредитных организаций в Российской Федерации, включая широкий спектр банковских операций и иных банковских услуг. Учтены изменения банковского законодательства России. Особое внимание уделено вопросам, имеющим практическое значение, анализу пробелов и противоречий правового регулирования банковских отношений, рассмотрению наиболее спорных и сложных аспектов осуществления отдельных банковских операций и сделок на основе арбитражной и правоприменительной банковской практики.</t>
   </si>
   <si>
     <t>978-5-534-20983-9</t>
   </si>
   <si>
     <t>10.12.2024</t>
   </si>
   <si>
     <t>БАНКОВСКОЕ ПРАВО. БАНКОВСКИЙ ВКЛАД И БАНКОВСКИЙ СЧЕТ. РАСЧЕТЫ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Д. Г. Алексеева,  С. В. Пыхтин,  Р. З. Загиров ; ответственные редакторы Д. Г. Алексеева, С. В. Пыхтин.</t>
+    <t>Алексеева Д. Г., Пыхтин С. В., Загиров Р. З. ; Отв. ред. Алексеева Д. Г., Пыхтин С. В.</t>
   </si>
   <si>
     <t>978-5-534-21014-9</t>
   </si>
   <si>
     <t>БАНКОВСКОЕ ПРАВО. БАНКОВСКИЙ ВКЛАД И БАНКОВСКИЙ СЧЕТ. РАСЧЕТЫ 2-е изд., пер. и доп. Учебное пособие для СПО</t>
   </si>
   <si>
-    <t>Алексеева Д. Г., Пыхтин С. В., Загиров Р. З. ; Отв. ред. Алексеева Д. Г., Пыхтин С. В.</t>
-[...1 lines deleted...]
-  <si>
     <t>В курсе рассматриваются особенности правового регулирования создания и функционирования кредитных организаций в Российской Федерации, включая широкий спектр банковских операций и иных банковских услуг. Учтены изменения банковского законодательства России. Особое внимание уделено вопросам, имеющим практическое значение, анализу пробелов и противоречий правового регулирования банковских отношений, рассмотрению наиболее спорных и сложных аспектов осуществления отдельных банковских операций и сделок на основе арбитражной и правоприменительной банковской практики. Это поможет читателю не только освоить теоретическую составляющую правового режима банковской деятельности, но и ознакомиться с позицией судебных, правоохранительных и контролирующих органов по ряду актуальных вопросов, получить представление об основах работы кредитных организаций.</t>
   </si>
   <si>
     <t>978-5-534-21015-6</t>
   </si>
   <si>
     <t>ОПЕРАЦИИ БАНКОВ С ЦЕННЫМИ БУМАГАМИ. ВАЛЮТНЫЕ И СОПУТСТВУЮЩИЕ ОПЕРАЦИИ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе рассматриваются особенности правового регулирования создания и функционирования кредитных организаций в Российской Федерации, включая широкий спектр банковских операций и иных банковских услуг. Учтены изменения банковского законодательства России. Особое внимание уделено вопросам, имеющим практическое значение, анализу пробелов и противоречий правового регулирования банковских отношений, рассмотрению наиболее спорных и сложных аспектов осуществления отдельных банковских операций и сделок на основе арбитражной и правоприменительной банковской практики.</t>
   </si>
   <si>
     <t>978-5-534-21042-2</t>
   </si>
   <si>
     <t>ОСУЩЕСТВЛЕНИЕ КРЕДИТНЫХ ОПЕРАЦИЙ: БАНКОВСКОЕ КРЕДИТОВАНИЕ 2-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>В учебнике рассматриваются особенности правового регулирования банковского кредитования. Учтены изменения банковского законодательства России. Особое внимание уделено вопросам, имеющим практическое значение, анализу пробелов и противоречий правового регулирования банковских кредитных отношений, рассмотрению наиболее спорных и сложных аспектов банковского кредитования на основе арбитражной и правоприменительной банковской практики. Это поможет читателю не только освоить теоретическую составляющую правового режима банковской кредитной деятельности, но и ознакомиться с позицией судебных, правоохранительных и контролирующих органов по ряду актуальных вопросов, получить представление об основах работы кредитных организаций по этому вопросу.</t>
   </si>
   <si>
     <t>978-5-534-19251-3</t>
   </si>
   <si>
     <t>02.12.2024</t>
   </si>
   <si>
     <t>ПРАВОВЫЕ ОСНОВЫ ОБЕСПЕЧЕНИЯ ФИНАНСОВОЙ УСТОЙЧИВОСТИ КРЕДИТНЫХ ОРГАНИЗАЦИЙ 5-е изд. Учебное пособие для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> Д. Г. Алексеева,  С. В. Пыхтин.</t>
   </si>
   <si>
     <t>В кусе рассматриваются особенности обеспечения финансовой устойчивости кредитных организаций в Российской Федерации. Учтены изменения банковского законодательства России. Особое внимание уделяется деятельности кредитных организаций по противодействию легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по экономическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20982-2</t>
   </si>
   <si>
     <t>СОВРЕМЕННАЯ БАНКОВСКАЯ СИСТЕМА РОССИЙСКОЙ ФЕДЕРАЦИИ 5-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>Курс посвящен современной банковской системе Российской Федерации. В нем проанализирована система участников банковских правоотношений, дана характеристика их правового положения, приведены основы правового статуса Центрального банка Российской Федерации. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по экономическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20984-6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
@@ -663,51 +657,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskie-operacii-s-cennymi-bumagami-valyutnye-i-soputstvuyuschie-operacii-559227" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-kreditovanie-562459" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-559121" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-bankovskiy-vklad-i-bankovskiy-schet-raschety-559155" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-bankovskiy-vklad-i-bankovskiy-schet-raschety-559156" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/operacii-bankov-s-cennymi-bumagami-valyutnye-i-soputstvuyuschie-operacii-559226" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osuschestvlenie-kreditnyh-operaciy-bankovskoe-kreditovanie-565793" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovye-osnovy-obespecheniya-finansovoy-ustoychivosti-kreditnyh-organizaciy-559120" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennaya-bankovskaya-sistema-rossiyskoy-federacii-559122" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskie-operacii-s-cennymi-bumagami-valyutnye-i-soputstvuyuschie-operacii-587683" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-kreditovanie-585003" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-584320" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-bankovskiy-vklad-i-bankovskiy-schet-raschety-585021" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-bankovskiy-vklad-i-bankovskiy-schet-raschety-587684" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/operacii-bankov-s-cennymi-bumagami-valyutnye-i-soputstvuyuschie-operacii-585022" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osuschestvlenie-kreditnyh-operaciy-bankovskoe-kreditovanie-587242" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovye-osnovy-obespecheniya-finansovoy-ustoychivosti-kreditnyh-organizaciy-585004" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennaya-bankovskaya-sistema-rossiyskoy-federacii-584960" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -888,665 +882,665 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>559227</v>
+        <v>587683</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>162</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>919.0</v>
+        <v>979.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1009.0</v>
+        <v>1079.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.316</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>562459</v>
+        <v>585003</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>132</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="9">
-        <v>679.0</v>
+        <v>729.0</v>
       </c>
       <c r="M6" s="9">
-        <v>749.0</v>
+        <v>799.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.178</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>559121</v>
+        <v>584320</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>460</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2209.0</v>
+        <v>2359.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2429.0</v>
+        <v>2589.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>59</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.677</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>559155</v>
+        <v>585021</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>270</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1389.0</v>
+        <v>1479.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1529.0</v>
+        <v>1629.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.447</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>559156</v>
+        <v>587684</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>270</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1389.0</v>
+        <v>1479.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1529.0</v>
+        <v>1629.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.447</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>559226</v>
+        <v>585022</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>162</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>919.0</v>
+        <v>979.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1009.0</v>
+        <v>1079.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.316</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>565793</v>
+        <v>587242</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>132</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L11" s="9">
-        <v>679.0</v>
+        <v>729.0</v>
       </c>
       <c r="M11" s="9">
-        <v>749.0</v>
+        <v>799.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.178</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>559120</v>
+        <v>585004</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>97</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L12" s="9">
-        <v>539.0</v>
+        <v>579.0</v>
       </c>
       <c r="M12" s="9">
-        <v>589.0</v>
+        <v>639.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>56</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>57</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.136</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>559122</v>
+        <v>584960</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>331</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1649.0</v>
+        <v>1769.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1809.0</v>
+        <v>1949.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.521</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>