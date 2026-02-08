--- v0 (2025-12-25)
+++ v1 (2026-02-08)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
-[...1 lines deleted...]
-    <t>25.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+  <si>
+    <t>08.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -175,81 +175,63 @@
   <si>
     <t>АНГЛИЙСКИЙ ЯЗЫК ДЛЯ ГУМАНИТАРИЕВ (B1). Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Данное издание предназначено для студентов гуманитарных специальностей, изучающих английский язык. Степень владения языком для учащихся должна соответствовать уровню В1 по шкале CEFR. Оно также может быть использовано лицами, которые продолжают изучать английский язык. Его основной целью является развитие способности к общению на английском языке через формирование и закрепление лексико-грамматических навыков в коммуникативных заданиях, активизация речевой деятельности обучаемых в системе «высказывание — диалог — дискуссия» для решения задач межличностного и межкультурного взаимодействия. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов среднего профессионального образования, обучающихся по гуманитарным специальностям.</t>
   </si>
   <si>
     <t>978-5-534-17591-2</t>
   </si>
   <si>
     <t>81.2Англ922</t>
   </si>
   <si>
     <t>21.01.2025</t>
   </si>
   <si>
     <t>АНГЛИЙСКИЙ ЯЗЫК ДЛЯ ГУМАНИТАРИЕВ (B2). Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Т. П. Архипович,  Е. В. Яковлева.</t>
+    <t>Архипович Т. П., Яковлева Е. В.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Основной целью данного курса является развитие способностей студентов к межкультурному общению с использованием обширного лексического, грамматического (неличные формы глагола), лингвострановедческого материала в коммуникативных заданиях, активизация обучения студентов на основе принципа коллективного взаимодействия. Курс предназначен для гуманитариев, изучающих английский язык в университетах, степень владения языка которых соответствует уровню В2 по шкале CEFR, а также для лиц, желающих совершенствовать свои знания английского языка. Для студентов высших учебных заведений, обучающихся по гуманитарным направлениям.</t>
   </si>
   <si>
     <t>978-5-534-21413-0</t>
   </si>
   <si>
     <t>81.2Англ-923</t>
-  </si>
-[...16 lines deleted...]
-    <t>60*90/16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
@@ -609,59 +591,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/angliyskiy-yazyk-dlya-gumanitariev-b1-568709" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/angliyskiy-yazyk-dlya-gumanitariev-b1-568710" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/angliyskiy-yazyk-dlya-gumanitariev-b2-571323" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/angliyskiy-yazyk-stranovedenie-569114" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/angliyskiy-yazyk-dlya-gumanitariev-b1-589432" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/angliyskiy-yazyk-dlya-gumanitariev-b1-589433" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/angliyskiy-yazyk-dlya-gumanitariev-b2-590162" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z8"/>
+  <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -720,51 +702,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -834,339 +816,268 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>568709</v>
+        <v>589432</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>746</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>3039.0</v>
+        <v>3249.0</v>
       </c>
       <c r="M5" s="9">
-        <v>3339.0</v>
+        <v>3569.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.914</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>568710</v>
+        <v>589433</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>746</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>3039.0</v>
+        <v>3249.0</v>
       </c>
       <c r="M6" s="9">
-        <v>3339.0</v>
+        <v>3569.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.914</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>571323</v>
+        <v>590162</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>327</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="9">
-        <v>1629.0</v>
+        <v>1749.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1789.0</v>
+        <v>1919.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.516</v>
       </c>
       <c r="Z7" s="6"/>
-    </row>
-[...68 lines deleted...]
-      <c r="Z8" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
-    <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>