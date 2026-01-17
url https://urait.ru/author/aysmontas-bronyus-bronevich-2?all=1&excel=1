--- v0 (2025-12-14)
+++ v1 (2026-01-17)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
-    <t>14.12.2025</t>
+    <t>17.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>