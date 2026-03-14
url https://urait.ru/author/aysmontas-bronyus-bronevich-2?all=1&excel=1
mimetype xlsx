--- v1 (2026-01-17)
+++ v2 (2026-03-14)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
-[...1 lines deleted...]
-    <t>17.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -227,53 +227,50 @@
     <t>978-5-534-15586-0</t>
   </si>
   <si>
     <t>30.03.2022</t>
   </si>
   <si>
     <t>ПЕДАГОГИЧЕСКАЯ ПСИХОЛОГИЯ. ЗАДАНИЯ И УПРАЖНЕНИЯ. Учебник для вузов</t>
   </si>
   <si>
     <t>Педагогическая психология</t>
   </si>
   <si>
     <t>В учебное пособие включены задания и упражнения по всем основным разделам курса «Педагогическая психология». Они предназначены для более глубокого усвоения теоретической части учебного материала и могут применяться для реализации как обучающей, так и контролирующей функции. Тестовые задания адресованы студентам, преподавателям, аспирантам, а также будут полезны всем, кто интересуется психологией.</t>
   </si>
   <si>
     <t>978-5-534-15511-2</t>
   </si>
   <si>
     <t>88.6я73</t>
   </si>
   <si>
     <t>06.11.2024</t>
   </si>
   <si>
     <t>ПЕДАГОГИЧЕСКАЯ ПСИХОЛОГИЯ. ЗАДАНИЯ И УПРАЖНЕНИЯ. Учебное пособие для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> Б. Б. Айсмонтас.</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В учебное пособие включены задания и упражнения по всем основным разделам курса «Педагогическая психология». Они предназначены для более глубокого усвоения теоретической части учебного материала и могут применяться для реализации как обучающей, так и контролирующей функции. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20924-2</t>
   </si>
   <si>
     <t>12.01.2022</t>
   </si>
   <si>
     <t>ПЕДАГОГИЧЕСКАЯ ПСИХОЛОГИЯ. СХЕМЫ. Учебник для вузов</t>
   </si>
   <si>
     <t>Структурно-логические схемы развивают творческое мышление, помогают студентам самостоятельно изучать соответствующий материал. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс адресован студентам вузов, изучающим психологию и педагогику, преподавателям, аспирантам, а также практическим психологам и работникам сферы образования.</t>
   </si>
   <si>
     <t>978-5-534-15380-4</t>
   </si>
@@ -762,51 +759,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kachestvo-cifrovogo-obrazovaniya-2022-2030-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-6-letnyaya-shkola-prepodavatelya-2022-568431" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-psihologiya-testy-568085" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-psihologiya-shemy-568080" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/partnerstva-v-cifrovom-obrazovanii-2022-2030-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-5-zimnyaya-shkola-prepodavatelya-2022-568386" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskaya-psihologiya-zadaniya-i-uprazhneniya-568081" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskaya-psihologiya-zadaniya-i-uprazhneniya-559006" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskaya-psihologiya-shemy-557904" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskaya-psihologiya-shemy-559012" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskaya-psihologiya-568077" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskaya-psihologiya-559265" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prostory-i-gorizonty-cifrovogo-obrazovaniya-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-3-vesenniy-semestr-2021-568213" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-obucheniya-568079" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trendy-cifrovogo-obrazovaniya-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-2-zimnyaya-shkola-prepodavatelya-2021-568177" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovye-navyki-dlya-distanta-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-1-2020-god-482713" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kachestvo-cifrovogo-obrazovaniya-2022-2030-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-6-letnyaya-shkola-prepodavatelya-2022-589179" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-psihologiya-testy-588887" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-psihologiya-shemy-588882" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/partnerstva-v-cifrovom-obrazovanii-2022-2030-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-5-zimnyaya-shkola-prepodavatelya-2022-589134" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskaya-psihologiya-zadaniya-i-uprazhneniya-588883" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskaya-psihologiya-zadaniya-i-uprazhneniya-590050" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskaya-psihologiya-shemy-588879" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskaya-psihologiya-shemy-590058" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskaya-psihologiya-588880" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskaya-psihologiya-590114" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prostory-i-gorizonty-cifrovogo-obrazovaniya-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-3-vesenniy-semestr-2021-589011" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-obucheniya-588881" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trendy-cifrovogo-obrazovaniya-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-2-zimnyaya-shkola-prepodavatelya-2021-588975" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovye-navyki-dlya-distanta-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-1-2020-god-482713" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -987,137 +984,137 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>568431</v>
+        <v>589179</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>129</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>529.0</v>
+        <v>569.0</v>
       </c>
       <c r="M5" s="9">
-        <v>579.0</v>
+        <v>629.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6">
         <v>94.3</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y5" s="8">
         <v>0.174</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>568085</v>
+        <v>588887</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>201</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="9" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="9" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>36</v>
       </c>
@@ -1125,867 +1122,867 @@
         <v>49</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y6" s="8">
         <v>0.364</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>568080</v>
+        <v>588882</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>290</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="9">
-        <v>1469.0</v>
+        <v>1579.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1619.0</v>
+        <v>1739.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y7" s="8">
         <v>0.471</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>568386</v>
+        <v>589134</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>208</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>779.0</v>
+        <v>829.0</v>
       </c>
       <c r="M8" s="9">
-        <v>859.0</v>
+        <v>909.0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6">
         <v>94.3</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y8" s="8">
         <v>0.269</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>568081</v>
+        <v>588883</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>233</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L9" s="9">
-        <v>979.0</v>
+        <v>1049.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1079.0</v>
+        <v>1149.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y9" s="8">
         <v>0.402</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>559006</v>
+        <v>590050</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>134</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>549.0</v>
+        <v>589.0</v>
       </c>
       <c r="M10" s="9">
-        <v>599.0</v>
+        <v>649.0</v>
       </c>
       <c r="N10" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y10" s="8">
         <v>0.18</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>557904</v>
+        <v>588879</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>194</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L11" s="9">
-        <v>849.0</v>
+        <v>909.0</v>
       </c>
       <c r="M11" s="9">
-        <v>929.0</v>
+        <v>999.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y11" s="8">
         <v>0.355</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>559012</v>
+        <v>590058</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>194</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L12" s="9">
-        <v>849.0</v>
+        <v>909.0</v>
       </c>
       <c r="M12" s="9">
-        <v>929.0</v>
+        <v>999.0</v>
       </c>
       <c r="N12" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P12" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y12" s="8">
         <v>0.355</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>568077</v>
+        <v>588880</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>483</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L13" s="9">
-        <v>2309.0</v>
+        <v>2469.0</v>
       </c>
       <c r="M13" s="9">
-        <v>2539.0</v>
+        <v>2719.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y13" s="8">
         <v>0.705</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>559265</v>
+        <v>590114</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>393</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L14" s="9">
-        <v>1919.0</v>
+        <v>2049.0</v>
       </c>
       <c r="M14" s="9">
-        <v>2109.0</v>
+        <v>2249.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y14" s="8">
         <v>0.596</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>568213</v>
+        <v>589011</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E15" s="6" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>212</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>789.0</v>
+        <v>839.0</v>
       </c>
       <c r="M15" s="9">
-        <v>869.0</v>
+        <v>919.0</v>
       </c>
       <c r="N15" s="6"/>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>60</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6">
         <v>94.3</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y15" s="8">
         <v>0.274</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>568079</v>
+        <v>588881</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>141</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
-        <v>709.0</v>
+        <v>759.0</v>
       </c>
       <c r="M16" s="9">
-        <v>779.0</v>
+        <v>829.0</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>60</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y16" s="8">
         <v>0.189</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>568177</v>
+        <v>588975</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="E17" s="6" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>93</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="9">
-        <v>419.0</v>
+        <v>449.0</v>
       </c>
       <c r="M17" s="9">
-        <v>459.0</v>
+        <v>489.0</v>
       </c>
       <c r="N17" s="6"/>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>60</v>
       </c>
       <c r="S17" s="6" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U17" s="6" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6">
         <v>94.3</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y17" s="8">
         <v>0.131</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
         <v>482713</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="E18" s="6" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
         <v>2021</v>
       </c>
       <c r="J18" s="8">
         <v>275</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L18" s="9">
         <v>389.0</v>
       </c>
       <c r="M18" s="9">
         <v>429.0</v>
       </c>
       <c r="N18" s="6"/>
       <c r="O18" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R18" s="6" t="s">
         <v>60</v>
       </c>
       <c r="S18" s="6" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U18" s="6" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6">
         <v>94.3</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y18" s="8">
         <v>0.352</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>