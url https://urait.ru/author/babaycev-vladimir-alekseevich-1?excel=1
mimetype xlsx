--- v1 (2026-01-17)
+++ v2 (2026-03-03)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>17.01.2026</t>
+    <t>03.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>25.05.2018</t>
   </si>
   <si>
     <t>МАТЕМАТИЧЕСКИЕ МЕТОДЫ ФИНАНСОВОГО АНАЛИЗА 2-е изд., испр. и доп. Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. А. Бабайцев,  В. Б. Гисин.</t>
+    <t>Бабайцев В. А., Гисин В. Б.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Математика и статистика</t>
   </si>
   <si>
     <t>Математические методы в профессиональной деятельности. Методика обучения математике</t>
   </si>
   <si>
     <t>В пособии рассматривается применение различных математических методов в сфере финансового анализа. Автор описывает основы финансовой математики, характеризует особенности и свойства облигаций. В издании представлены понятия и базовые задачи портфельного анализа, отдельная глава посвящена использованию производных финансовых инструментов. Каждая глава сопровождается упражнениями для закрепления теоретического материала. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, аспирантов, преподавателей и всех интересующихся.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-17101-3</t>
   </si>
@@ -549,51 +549,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematicheskie-metody-finansovogo-analiza-532392" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematicheskie-metody-finansovogo-analiza-586348" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -774,81 +774,81 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>532392</v>
+        <v>586348</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>169</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>949.0</v>
+        <v>1019.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1039.0</v>
+        <v>1119.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>