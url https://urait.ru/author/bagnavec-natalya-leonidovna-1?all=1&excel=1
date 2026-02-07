--- v0 (2025-12-05)
+++ v1 (2026-02-07)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
-[...1 lines deleted...]
-    <t>06.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+  <si>
+    <t>07.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -109,105 +109,120 @@
   <si>
     <t>Аннотация</t>
   </si>
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
+    <t>26.01.2012</t>
+  </si>
+  <si>
+    <t>НЕОРГАНИЧЕСКАЯ ХИМИЯ. ПРАКТИКУМ. Учебник и практикум для вузов</t>
+  </si>
+  <si>
+    <t>Смарыгин С. Н., Багнавец Н. Л., Дайдакова И. В.</t>
+  </si>
+  <si>
+    <t>Переплет</t>
+  </si>
+  <si>
+    <t>Гриф УМО ВО</t>
+  </si>
+  <si>
+    <t>Высшее образование</t>
+  </si>
+  <si>
+    <t>Естественные науки</t>
+  </si>
+  <si>
+    <t>Химия</t>
+  </si>
+  <si>
+    <t>Практикум состоит из двух частей: «Теоретические основы» и «Химия элементов». Каждая часть включает несколько глав. Главы первой части помогают закрепить основы общей химии, второй — изучить свойства простых веществ и соединений химических элементов по группам периодической системы Д. И. Менделеева. Главы пособия имеют одинаковую структуру. Сначала указаны вопросы для подготовки к коллоквиуму и главы учебника, которые надо повторить, чтобы начать самостоятельную работу. Затем следуют примеры, подробно разъясняющие возможные способы решения типовых задач. В конце каждой главы приведены индивидуальные задания.</t>
+  </si>
+  <si>
+    <t>М.:Издательство Юрайт</t>
+  </si>
+  <si>
+    <t>978-5-9916-1831-1</t>
+  </si>
+  <si>
+    <t>24.1я73</t>
+  </si>
+  <si>
+    <t>60*90/16</t>
+  </si>
+  <si>
     <t>07.06.2016</t>
   </si>
   <si>
     <t>НЕОРГАНИЧЕСКАЯ ХИМИЯ. ПРАКТИКУМ. Учебно-практическое пособие для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> С. Н. Смарыгин,  Н. Л. Багнавец,  И. В. Дайдакова.</t>
-[...4 lines deleted...]
-  <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
-    <t>Естественные науки</t>
-[...4 lines deleted...]
-  <si>
     <t>Данный практикум состоит из двух частей: «Теоретические основы» и «Химия элементов». Каждая часть включает несколько глав, которые имеют одинаковую структуру. Сначала указаны вопросы для подготовки к коллоквиуму и главы учебника, которые надо повторить, чтобы начать самостоятельную работу. Затем следуют примеры, подробно разъясняющие возможные способы решения типовых задач. Главы первой части помогают закрепить основы общей химии, второй изучить свойства простых веществ и соединений химических элементов по группам периодической системы Д. И. Менделеева.</t>
   </si>
   <si>
-    <t>М.:Издательство Юрайт</t>
-[...1 lines deleted...]
-  <si>
     <t>978-5-9916-6577-3</t>
   </si>
   <si>
     <t>24.1я723</t>
   </si>
   <si>
-    <t>60*90/16</t>
-[...1 lines deleted...]
-  <si>
     <t>13.09.2022</t>
   </si>
   <si>
     <t>ХИМИЯ ВОДЫ. Учебник для вузов</t>
   </si>
   <si>
     <t>Отв. ред. Багнавец Н. Л.</t>
   </si>
   <si>
     <t>Обложка</t>
-  </si>
-[...4 lines deleted...]
-    <t>Высшее образование</t>
   </si>
   <si>
     <t>В теоретической части пособия даны общие сведения о составе гидросферы, физико-химических свойствах воды, представлен химический состав природных вод, показатели качества воды, рассмотрены вопросы миграции компонентов природных вод. В практической части описаны методы химического анализа и представлены лабораторные работы по анализу природных вод с применением химических и физико-химических методов в соответствии с федеральным государственным образовательным стандартом. В издании представлен расширенный спектр лабораторных работ, что позволяет варьировать лабораторные работы с учетом учебного плана, а также возможностей кафедры химии. В приложении дан краткий перечень предельно допустимых концентраций (ПДК) основных загрязняющих веществ в водных объектах, нормативные значения показателей качества питьевой воды. Пособие предназначено для студентов, обучающихся по направлению подготовки «Гидрометеорология» (направленность «Метеорология»); по направлению «Агрохимия и агропочвоведение» (направленность «Агроэкология»); по направлению «Экология и природопользование» (направленность «Экология»).</t>
   </si>
   <si>
     <t>978-5-534-15455-9</t>
   </si>
   <si>
     <t>26.22я73</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -576,59 +591,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-praktikum-558167" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/himiya-vody-568285" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-praktikum-582793" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-praktikum-583980" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/himiya-vody-589081" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z6"/>
+  <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -687,51 +702,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -801,197 +816,268 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558167</v>
+        <v>582793</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>414</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1609.0</v>
+        <v>1729.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1769.0</v>
+        <v>1899.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.496</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>568285</v>
+        <v>583980</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
-        <v>102</v>
+        <v>414</v>
       </c>
       <c r="K6" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" s="9">
+        <v>1729.0</v>
+      </c>
+      <c r="M6" s="9">
+        <v>1899.0</v>
+      </c>
+      <c r="N6" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P6" s="6" t="s">
         <v>47</v>
-      </c>
-[...13 lines deleted...]
-        <v>49</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
+        <v>0.496</v>
+      </c>
+      <c r="Z6" s="6"/>
+    </row>
+    <row r="7" spans="1:26">
+      <c r="A7" s="8">
+        <v>589081</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F7" s="6"/>
+      <c r="G7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H7" s="6"/>
+      <c r="I7" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J7" s="8">
+        <v>102</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="L7" s="9">
+        <v>479.0</v>
+      </c>
+      <c r="M7" s="9">
+        <v>529.0</v>
+      </c>
+      <c r="N7" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O7" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P7" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q7" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="R7" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="S7" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="T7" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U7" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="V7" s="6"/>
+      <c r="W7" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="X7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y7" s="8">
         <v>0.113</v>
       </c>
-      <c r="Z6" s="6"/>
+      <c r="Z7" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>