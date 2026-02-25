--- v1 (2026-02-07)
+++ v2 (2026-02-25)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
-    <t>07.02.2026</t>
+    <t>25.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>