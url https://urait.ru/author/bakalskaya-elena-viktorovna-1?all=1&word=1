--- v0 (2026-02-05)
+++ v1 (2026-03-23)
@@ -39,51 +39,51 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/588552</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Основы социального предпринимательства : учебник для вузов / под редакцией Е. М. Белого. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 181 с. — (Высшее образование). — ISBN 978-5-534-21930-2.</w:t>
+        <w:t xml:space="preserve">Социальное предпринимательство : учебник для вузов / под редакцией Е. М. Белого. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 182 с. — (Высшее образование). — ISBN 978-5-534-21930-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/582448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
@@ -175,50 +175,51 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:hideSpellingErrors w:val="false"/>
   <w:hideGrammaticalErrors w:val="false"/>
   <w:trackRevisions w:val="false"/>
   <w:doNotTrackMoves w:val="false"/>
   <w:doNotTrackFormatting w:val="false"/>
   <w:evenAndOddHeaders w:val="false"/>
   <w:updateFields w:val="false"/>
   <w:bookFoldPrinting w:val="false"/>
   <w:themeFontLang w:val="en-US"/>
   <w:zoom w:percent="100"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="Link"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>