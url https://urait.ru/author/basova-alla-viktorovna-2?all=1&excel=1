--- v0 (2025-12-05)
+++ v1 (2026-01-22)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
-[...1 lines deleted...]
-    <t>05.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+  <si>
+    <t>22.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,114 +115,111 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>12.11.2024</t>
   </si>
   <si>
     <t>ЗАЩИТА СОЦИАЛЬНЫХ ПРАВ ГРАЖДАН ОРГАНАМИ ПУБЛИЧНОЙ ВЛАСТИ РОССИИ. Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Г. Н. Комкова [и др.] ; под редакцией Г. Н. Комковой, Р. А. Торосян.</t>
+    <t>Под ред. Комковой Г. Н., Торосян Р. А.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Право социального обеспечения</t>
   </si>
   <si>
     <t>Издание содержит тексты лекций, в которых в доступной и понятной форме раскрываются современные актуальные проблемы развития социального права, действия законодательства, формирования юридической практики в сфере защиты социальных прав граждан органами публичной власти. В курсе содержится не только теоретический материал, затрагивающий вопросы обеспечения и защиты социальных прав граждан, но также списки рекомендуемой литературы и глоссарий. Курс направлен на реализацию компетентностного подхода при изучении вопросов защиты социальных прав граждан органами публичной власти России. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, магистрантов, аспирантов, преподавателей юридических и других гуманитарных вузов, практических работников и всех читателей, интересующихся рассматриваемой проблематикой.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-21039-2</t>
   </si>
   <si>
     <t>67.400+67.405я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>16.10.2024</t>
   </si>
   <si>
     <t>МЕДИЦИНСКОЕ ПРАВО 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. В. Басова ; под редакцией Г. Н. Комковой.</t>
+    <t>Басова А. В. ; Под ред. Комковой Г. Н.</t>
   </si>
   <si>
     <t>Медицина и фармакология</t>
   </si>
   <si>
     <t>Охрана и профилактика здоровья. Социальная, спортивная медицина. История медицины</t>
   </si>
   <si>
     <t>В курсе рассматриваются основные теоретические вопросы медицинского права. Освещается правовое регулирование медицинской помощи, излагаются правовые основы обращения лекарственных средств, раскрываются права граждан в сфере охраны здоровья и способы их защиты. Особое внимание уделено этическим требованиям в сфере медицинской деятельности, способам защиты прав врачей и медицинских работников, а также особенностям привлечения к юридической ответственности медицинских организаций и медицинских работников за совершение правонарушений и преступлений в сфере здравоохранения. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов юридических и медицинских вузов и факультетов, а также всех, кто интересуется вопросами прав пациента и врачей, способами защиты прав и законных интересов граждан.</t>
   </si>
   <si>
     <t>978-5-534-20634-0</t>
   </si>
   <si>
     <t>5+67я73</t>
   </si>
   <si>
     <t>17.06.2025</t>
   </si>
   <si>
     <t>Медицинское право 2-е изд., пер. и доп. Учебник для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t>Басова А. В. ; Под ред. Комковой Г. Н.</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В курсе рассматриваются основные теоретические вопросы медицинского права. Освещается правовое регулирование медицинской помощи, излагаются правовые основы обращения лекарственных средств, раскрываются права граждан в сфере охраны здоровья и способы их защиты. Особое внимание уделено этическим требованиям в сфере медицинской деятельности, способам защиты прав врачей и медицинских работников, а также особенностям привлечения к юридической ответственности медицинских организаций и медицинских работников за совершение правонарушений и преступлений в сфере здравоохранения. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по юридическим и медицинским специальностям, преподавателей, а также практических работников.</t>
   </si>
   <si>
     <t>978-5-534-20841-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -594,51 +591,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zaschita-socialnyh-prav-grazhdan-organami-publichnoy-vlasti-rossii-559221" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-pravo-558498" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-pravo-581586" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zaschita-socialnyh-prav-grazhdan-organami-publichnoy-vlasti-rossii-590052" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-pravo-589027" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-pravo-590468" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -819,69 +816,69 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>559221</v>
+        <v>590052</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>151</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>869.0</v>
       </c>
       <c r="M5" s="9">
         <v>959.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
@@ -889,69 +886,69 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.303</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>558498</v>
+        <v>589027</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>306</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>1539.0</v>
       </c>
       <c r="M6" s="9">
         <v>1689.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>47</v>
       </c>
@@ -959,105 +956,105 @@
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.491</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>581586</v>
+        <v>590468</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>306</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
         <v>1539.0</v>
       </c>
       <c r="M7" s="9">
         <v>1689.0</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.491</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>