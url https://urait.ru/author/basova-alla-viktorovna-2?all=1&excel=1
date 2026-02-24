--- v1 (2026-01-22)
+++ v2 (2026-02-24)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
-[...1 lines deleted...]
-    <t>22.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+  <si>
+    <t>24.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -188,50 +188,65 @@
     <t>В курсе рассматриваются основные теоретические вопросы медицинского права. Освещается правовое регулирование медицинской помощи, излагаются правовые основы обращения лекарственных средств, раскрываются права граждан в сфере охраны здоровья и способы их защиты. Особое внимание уделено этическим требованиям в сфере медицинской деятельности, способам защиты прав врачей и медицинских работников, а также особенностям привлечения к юридической ответственности медицинских организаций и медицинских работников за совершение правонарушений и преступлений в сфере здравоохранения. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов юридических и медицинских вузов и факультетов, а также всех, кто интересуется вопросами прав пациента и врачей, способами защиты прав и законных интересов граждан.</t>
   </si>
   <si>
     <t>978-5-534-20634-0</t>
   </si>
   <si>
     <t>5+67я73</t>
   </si>
   <si>
     <t>17.06.2025</t>
   </si>
   <si>
     <t>Медицинское право 2-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В курсе рассматриваются основные теоретические вопросы медицинского права. Освещается правовое регулирование медицинской помощи, излагаются правовые основы обращения лекарственных средств, раскрываются права граждан в сфере охраны здоровья и способы их защиты. Особое внимание уделено этическим требованиям в сфере медицинской деятельности, способам защиты прав врачей и медицинских работников, а также особенностям привлечения к юридической ответственности медицинских организаций и медицинских работников за совершение правонарушений и преступлений в сфере здравоохранения. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по юридическим и медицинским специальностям, преподавателей, а также практических работников.</t>
   </si>
   <si>
     <t>978-5-534-20841-2</t>
+  </si>
+  <si>
+    <t>30.07.2025</t>
+  </si>
+  <si>
+    <t>МЕДИЦИНСКОЕ ПРАВО. Практикум. Учебник и практикум для вузов</t>
+  </si>
+  <si>
+    <t>Обложка</t>
+  </si>
+  <si>
+    <t>Практикум включает тематические планы дисциплины «Медицинское право», планы практических занятий, рекомендуемую литературу и перечень нормативных актов по изучаемым темам, глоссарий по медицинскому праву. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по юридическим и медицинским направлениям.</t>
+  </si>
+  <si>
+    <t>978-5-534-21599-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
@@ -591,59 +606,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zaschita-socialnyh-prav-grazhdan-organami-publichnoy-vlasti-rossii-590052" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-pravo-589027" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-pravo-590468" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zaschita-socialnyh-prav-grazhdan-organami-publichnoy-vlasti-rossii-590052" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-pravo-589027" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-pravo-590468" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-pravo-praktikum-590492" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z7"/>
+  <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -702,51 +717,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -843,54 +858,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>151</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>869.0</v>
+        <v>929.0</v>
       </c>
       <c r="M5" s="9">
-        <v>959.0</v>
+        <v>1019.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -913,54 +928,54 @@
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>306</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1539.0</v>
+        <v>1649.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1689.0</v>
+        <v>1809.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
@@ -983,101 +998,172 @@
       <c r="B7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>306</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1539.0</v>
+        <v>1649.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1689.0</v>
+        <v>1809.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.491</v>
       </c>
       <c r="Z7" s="6"/>
+    </row>
+    <row r="8" spans="1:26">
+      <c r="A8" s="8">
+        <v>590492</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" s="6"/>
+      <c r="G8" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H8" s="6"/>
+      <c r="I8" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J8" s="8">
+        <v>94</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="L8" s="9">
+        <v>569.0</v>
+      </c>
+      <c r="M8" s="9">
+        <v>629.0</v>
+      </c>
+      <c r="N8" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O8" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q8" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="R8" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="S8" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="T8" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U8" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="V8" s="6"/>
+      <c r="W8" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="X8" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y8" s="8">
+        <v>0.132</v>
+      </c>
+      <c r="Z8" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>