--- v0 (2025-12-05)
+++ v1 (2026-02-10)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
-[...1 lines deleted...]
-    <t>06.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+  <si>
+    <t>10.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -152,53 +152,50 @@
     <t>Естественные науки</t>
   </si>
   <si>
     <t>Общая и теоретическая физика</t>
   </si>
   <si>
     <t>Курс ориентирован на студентов технических вузов. Структура курса традиционная, однако некоторые вопросы освещены более подробно. Особенностью курса является то, что при изложении основных законов термодинамики используются такие понятия, как мощность, поток массы, поток теплоты, что должно облегчить понимание студентами роли и места термодинамики в системе естественнонаучных предметов и научить их применять законы термодинамики для решения практических задач.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20064-5</t>
   </si>
   <si>
     <t>22.3я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>19.12.2024</t>
   </si>
   <si>
     <t>ТЕРМОДИНАМИКА 4-е изд., пер. и доп. Учебник и практикум для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> Г. В. Белов.</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>978-5-534-20065-2</t>
   </si>
   <si>
     <t>22.3я723</t>
   </si>
   <si>
     <t>04.01.2025</t>
   </si>
   <si>
     <t>ТЕРМОДИНАМИЧЕСКИЕ ОСНОВЫ ЦИКЛОВ ТЕПЛОЭНЕРГЕТИЧЕСКИХ УСТАНОВОК 4-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>978-5-534-21392-8</t>
   </si>
@@ -594,51 +591,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/termodinamika-557515" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/termodinamika-557516" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/termodinamicheskie-osnovy-ciklov-teploenergeticheskih-ustanovok-569893" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnicheskaya-termodinamika-561468" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/termodinamika-589264" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/termodinamika-589894" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/termodinamicheskie-osnovy-ciklov-teploenergeticheskih-ustanovok-590225" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnicheskaya-termodinamika-584161" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -819,315 +816,315 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>557515</v>
+        <v>589264</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>524</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2479.0</v>
+        <v>2659.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2729.0</v>
+        <v>2919.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.755</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>557516</v>
+        <v>589894</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>524</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>2479.0</v>
+        <v>2659.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2729.0</v>
+        <v>2919.0</v>
       </c>
       <c r="N6" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.755</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>569893</v>
+        <v>590225</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>111</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="L7" s="9">
-        <v>599.0</v>
+        <v>639.0</v>
       </c>
       <c r="M7" s="9">
-        <v>659.0</v>
+        <v>699.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.153</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>561468</v>
+        <v>584161</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>252</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1309.0</v>
+        <v>1399.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1439.0</v>
+        <v>1539.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.425</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
   </hyperlinks>