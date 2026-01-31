--- v0 (2025-12-15)
+++ v1 (2026-01-31)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="344">
-[...1 lines deleted...]
-    <t>15.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
+  <si>
+    <t>31.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -430,68 +430,65 @@
   <si>
     <t>Настоящее издание представляет собой сборник статей — третий в серии «Договоры коммерческого права» — посвященных вопросам общего понятия актов частноправовой унификации (актов soft law или new lex mercatoria [NLM]) и их места в системе источников права торговых (коммерческих) договоров. В статьях рассматривается ряд ключевых проблем, касающихся оснований и условий их применения, источника обязательности, соотношения их правил с нормами национального законодательства; особый очерк посвящен правилам актов частноправовой унификации об оспаривании коммерческих договоров по мотиву их совершения под влиянием заблуждения; кроме того, в сборнике впервые публикуются русские переводы нескольких актов ЧПУ — морских законов Олерона, Висби и Ганзейских городов, а также Кодекса английского договорного права. Для студентов юридических вузов и факультетов, изучающих гражданское и торговое (коммерческое) право, а также для всех интересующихся.</t>
   </si>
   <si>
     <t>978-5-534-14599-1</t>
   </si>
   <si>
     <t>06.05.2020</t>
   </si>
   <si>
     <t>ДОГОВОРЫ КОММЕРЧЕСКОГО ПРАВА. ДОГОВОР ПРОДАЖИ ТОВАРОВ. Учебник для вузов</t>
   </si>
   <si>
     <t>Настоящее издание представляет собой сборник статей, посвященных договору продажи (купли-продажи) товаров в торговом (коммерческом) обороте. В статьях рассматривается ряд ключевых проблем, касающихся правового регулирования продажи товаров, в том числе в сфере заключения договора международной купли-продажи товаров, соотношении договора купли-продажи с договором поставки, интеллектуальной эвикции товаров, правовых средств распределения рисков и средств правовой защиты сторон по договору купли-продажи товаров, а также об институте ограничения ответственности за различные нарушения договора купли-продажи. Для студентов юридических вузов и факультетов, изучающих гражданское и торговое (коммерческое) право, а также для всех интересующихся.</t>
   </si>
   <si>
     <t>978-5-534-13475-9</t>
   </si>
   <si>
     <t>25.12.2024</t>
   </si>
   <si>
     <t>ДОГОВОРЫ КОММЕРЧЕСКОГО ПРАВА. ДОГОВОРНАЯ ОТВЕТСТВЕННОСТЬ В ТОРГОВОМ (КОММЕРЧЕСКОМ) ОБОРОТЕ. Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. А. Белов [и др.] ; под редакцией В. А. Белова.</t>
+    <t>Под ред. Белова В. А.</t>
   </si>
   <si>
     <t>Настоящее издание представляет собой сборник статей — четвертый в серии «Договоры коммерческого права» — посвященный вопросам частноправовой ответственности за нарушение торговых (коммерческих) договоров — договорной ответственности в торговом (коммерческом) обороте. В статьях сборника рассматриваются общетеоретические правовые проблемы ответственности за нарушения торговых (коммерческих) договоров, соотношения договорной ответственности и деликтной, вопросы о юридической природе преддоговорной ответственности, об общем понятии, видах и основаниях взыскания (возмещения) убытков в коммерческом обороте, об особенностях торговой (взыскиваемой за нарушение торговых договоров) неустойки, об ограничениях такой ответственности по законодательным нормам и особым соглашениям (договорам, условиям договоров или оговоркам). Для студентов юридических вузов и факультетов, изучающих гражданское и торговое (коммерческое) право, а также для всех интересующихся.</t>
   </si>
   <si>
     <t>978-5-534-21259-4</t>
   </si>
   <si>
     <t>23.10.2019</t>
   </si>
   <si>
     <t>ДОГОВОРЫ КОММЕРЧЕСКОГО ПРАВА. ПРОБЛЕМЫ ОБЩЕЙ ТЕОРИИ ТОРГОВЫХ ДОГОВОРОВ. Учебник для вузов</t>
   </si>
   <si>
-    <t>Под ред. Белова В. А.</t>
-[...1 lines deleted...]
-  <si>
     <t>Настоящее издание представляет собой сборник статей, в которых рассматривается ряд ключевых проблем, относящихся к общим положениям о торговых договорах, в том числе о соотношении и взаимном влиянии друг на друга договорных и законодательных норм, добросовестности и справедливости условий торговых договоров, восполнения недостающих условий торговых договоров, а также институтах преддоговорной ответственности, существенного изменения обстоятельств и исковой давности в торговых договорных отношениях. Для студентов юридических вузов и факультетов, изучающих гражданское и торговое (коммерческое) право, а также для всех интересующихся.</t>
   </si>
   <si>
     <t>978-5-534-12554-2</t>
   </si>
   <si>
     <t>26.08.2016</t>
   </si>
   <si>
     <t>ЗАНИМАТЕЛЬНАЯ ЦИВИЛИСТИКА В 3 КН. КНИГА 1 2-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>Издание состоит из трех книг, представляющих собой серию небольших очерков по разнообразным вопросам гражданского права, которые почти не обсуждаются ни в учебной, ни в специальной литературе, главным образом, из-за их незначительности, экстравагантности, а также из-за их нахождения «на стыке» гражданского права с другими отраслями права и даже неюридическими дисциплинами. Приобретение навыка решения подобных вопросов представляется весьма важным для всех практикующих юристов, которых жизнь регулярно забрасывает в ситуации, «не предусмотренные законодательством». Воспитывая навык критического отношения к оценке ситуаций, традиционно третирующихся как лежащие вне сферы внимания права и юриспруденции, эта книга способствует формированию первоначальных представлений о задачах, приемах и границах гражданско-правового регулирования.</t>
   </si>
   <si>
     <t>978-5-534-09465-7, 978-5-534-09464-0</t>
   </si>
   <si>
     <t>ЗАНИМАТЕЛЬНАЯ ЦИВИЛИСТИКА В 3 КН. КНИГА 2 2-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>978-5-534-09463-3, 978-5-534-09464-0</t>
   </si>
   <si>
     <t>ЗАНИМАТЕЛЬНАЯ ЦИВИЛИСТИКА В 3 КН. КНИГА 3 2-е изд. Учебник для вузов</t>
@@ -923,50 +920,65 @@
     <t>27.10.2022</t>
   </si>
   <si>
     <t>ТОРГОВОЕ (КОММЕРЧЕСКОЕ) ПРАВО: ЛИТЕРАТУРНАЯ ЭНЦИКЛОПЕДИЯ. КНИГА 5. УДИНЦЕВ, ГОЛЬМСТЕН, НЕРСЕСОВ, ПЕТРАЖИЦКИЙ, КАМИНКА, АЗАРЕВИЧ, НЕФЕДЬЕВ, БАРАЦ, ШЕРШЕНЕВИЧ (1893 — 1899). Учебник для вузов</t>
   </si>
   <si>
     <t>Предлагаемое вниманию читателей учебное пособие представляет собой обзор отечественной литературы (оригинальной и переводной), содержащей сведения юридического, экономического, исторического, коммерческого и другого характера, которые могут быть полезны при современном изучении торгового (коммерческого) права. Пособие составлено по хронологическому принципу и охватывает весь период существования русской литературы — от глубокой древности до современности; его предметом являются в основном книги и брошюры, а также некоторые (наиболее крупные и значимые) журнальные и газетные публикации. Пособие заключает в себе элементы хрестоматии — цитированные составителем оригинальные тексты источников. Настоящая (пятая) книга включает в себя обзор источников с 1893 по 1899 г. Эти пять с небольшим лет оказываются богаты на события. К продолжающим плодотворно трудиться на ниве нашей науки С. М. Барацу, А. Х. Гольмстену и Г. Ф. Шершеневичу присоединяются как новички — будущие коммерциалисты (В. А. Удинцев, А. И. Каминка и В. И. Адамо?вич) — так и «случайные гости», в частности, романист Д. И. Азаревич и теоретик Л. И. Петражицкий. Для студентов юридических вузов и факультетов, обучающихся по образовательным программам академического бакалавриата и магистратуры; для аспирантов и преподавателей юридических факультетов; для всех, интересующихся отечественным гражданским и торговым правом.</t>
   </si>
   <si>
     <t>978-5-534-15815-1</t>
   </si>
   <si>
     <t>67я73</t>
   </si>
   <si>
     <t>01.07.2024</t>
   </si>
   <si>
     <t>ТОРГОВОЕ (КОММЕРЧЕСКОЕ) ПРАВО: ЛИТЕРАТУРНАЯ ЭНЦИКЛОПЕДИЯ. КНИГА 6. Учебник для вузов</t>
   </si>
   <si>
     <t>Предлагаемое вниманию читателей учебное пособие представляет собой обзор отечественной литературы (оригинальной и переводной), содержащей сведения юридического, экономического, исторического, коммерческого и др. характера, которые могут быть полезны при современном изучении торгового (коммерческого) права. Пособие составлено по хронологическому принципу и охватывает весь период существования русской литературы — от глубокой древности до современности; его предметом являются в основном книги и брошюры, а также некоторые (наиболее крупные и значимые) журнальные и газетные публикации. Пособие заключает в себе элементы хрестоматии — цитированные составителем оригинальные тексты источников. Настоящая (шестая) книга включает в себя обзор источников с 1899 по 1901 г. В этот период печатается первое издание будущего образцового учебника по торговому праву Г. Ф. Шершеневича, второе издание лекций В. И. Адамо?вича, полные «канонические» лекции первого у нас курса торгового права, построенного на «предприятийной» парадигме, Е. А. Нефедьева, историческое исследование и конспекты лекций В. А. Удинцева, сборник биржевых обычаев А. С. Невзорова, начинают печататься «Коммерческая энциклопедия М. Ротшильда», «Очерки по торговому праву» П. П. Цитовича и будущий курс торгового права А. Ф. Фёдорова; выходят в свет многие другие классические произведения нашей коммерциалистики. Параллельно ведется дискуссия по вопросу об уместности кодификации торгового права в рамках проекта Гражданского уложения и издается множество таких трудов научного и публицистического характера, которые, не принадлежа к литературе торгового права в строгом смысле этого слова, тем не менее представляют значительную ценность для юристов-коммерциалистов (в частности, знаменитый труд В. И. Ленина «Развитие капитализма в России»). Для студентов юридических вузов и факультетов, обучающихся по образовательным программам академического бакалавриата и магистратуры; для аспирантов и преподавателей юридических факультетов; для всех, интересующихся отечественным гражданским и торговым правом.</t>
   </si>
   <si>
     <t>978-5-534-19576-7</t>
+  </si>
+  <si>
+    <t>19.12.2025</t>
+  </si>
+  <si>
+    <t>ТОРГОВОЕ (КОММЕРЧЕСКОЕ) ПРАВО: ЛИТЕРАТУРНАЯ ЭНЦИКЛОПЕДИЯ. КНИГА 7</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> В. А. Белов.</t>
+  </si>
+  <si>
+    <t>Предлагаемое вниманию читателей учебное пособие представляет собой обзор отечественной юридической, экономической, исторической, коммерческой и т. д. литературы (оригинальной и переводной), заключающей в себе сведения, способные принести пользу современному юристу, изучающему торговое (коммерческое) право. Настоящая (седьмая) книга включает в себя обзор литературы, опубликованной с 1902 по 1904 г. — годы относительного спокойствия, уверенности и стабильности русской коммерциалистики. Для студентов юридических вузов и факультетов, обучающихся по образовательным программам бакалавриата и магистратуры; для аспирантов и преподавателей юридических факультетов; для всех, интересующихся отечественным гражданским и торговым правом.</t>
+  </si>
+  <si>
+    <t>978-5-534-21916-6</t>
   </si>
   <si>
     <t>21.07.2020</t>
   </si>
   <si>
     <t>ТОРГОВОЕ (КОММЕРЧЕСКОЕ) ПРАВО: ОСНОВНЫЕ РОССИЙСКИЕ КОНЦЕПЦИИ (JURISPRUDENTIA MERCATORIA RUSSICA). Учебник для вузов</t>
   </si>
   <si>
     <t>Книга описывает основные российские концепции торгового (коммерческого) права, определяющие его понятие и место в системе права, в частности, соотношение с правом частным и гражданским. В книге рассматривается 17 таких концепций; по завершении их рассмотрения таковые сравниваются и классифицируются. В заключительной главе автор формулирует собственную концепцию торгового (коммерческого) права как частного права, регулирующего торговлю в строгом смысле этого слова — профессиональное посредничество в деле доведения товаров от производителей до потребителей. Органические особенности данных отношений приводят к тому, что регулирующее их торговое (коммерческое) право предстает сердцевиной, квинтэссенцией частного права. Для студентов юридических вузов и факультетов, изучающих гражданское и торговое (коммерческое) право, а также всех интересующихся.</t>
   </si>
   <si>
     <t>978-5-534-13711-8</t>
   </si>
   <si>
     <t>19.09.2023</t>
   </si>
   <si>
     <t>ТОРГОВОЕ ПРАВО. ЛЕКЦИИ РАЗНЫХ ЛЕТ. Учебник для вузов</t>
   </si>
   <si>
     <t>Нерсесов Н. О. ; Сост. Белов В. А.</t>
   </si>
   <si>
     <t>Настоящая книга представляет собой первое переиздание пяти учебных курсов торгового права, прочитанных его первым лектором и профессором Нерсесом Осиповичем Нерсесовым, а именно — 1) «Лекций по торговому праву» 1876/7 акад. г. с относящейся к ним программой; курсов «Торговое право», читанных 2) в 1885/6 акад. г., включающий в себя курс вексельного права; 3) в 1886/7 акад. г. с хронологически примыкающими к нему статьей «Основы торгового права» (1887), курсами вексельного права и торгового судопроизводства 1886/7 гг.; 4) в 1893 г. с дополняющими его курсами общей части обязательственного права, вексельного права, морского права и торгового судопроизводства 1892/3 гг. и 5) изданного посмертно в 1896 г. вместе с курсом вексельного права, под ред., с изм. и доп. ученика профессора — А. Г. Гусакова. Книга знакомит современных студентов с тем, как начиналось изучение торгового (коммерческого) права в Московском университете, позволяя проследить его эволюцию и развитие; в конце книги помещены материалы биобиблиографического и справочного характера. Большинство материалов, составляющих настоящую книгу, — как самих курсов лекций, так и иных, им сопутствующих — печатаются впервые (по рукописным и машинописным текстам). Для студентов юридических вузов и факультетов, обучающихся по образовательным программам академического бакалавриата и магистратуры, для аспирантов и преподавателей юридических факультетов, для всех, интересующихся торговым (коммерческим) правом.</t>
   </si>
@@ -1449,59 +1461,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/avtorskoe-pravo-na-literaturnye-proizvedeniya-563431" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/veschnye-grazhdansko-pravovye-formy-561341" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-1-abandon-bolonskiy-universitet-563272" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-10-fabrichnoe-zakonodatelstvo-v-rossii-yarmarochnyy-veksel-563323" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-2-bona-fides-grazhdanskiy-istec-563316" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-3-grazhdanskiy-oborot-istrebovanie-dokumentov-563324" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-4-kabala-lesnoy-ustav-563325" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-5-leshkov-opeka-563326" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-6-opredelenie-prezumpciya-563318" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-7-prekariy-rossiya-svod-zakonov-563319" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-8-rossiya-torgovoe-pravo-i-sudoproizvodstvo-strahovanie-563320" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-9-stroitelnye-obschestva-fabrichnoe-zakonodatelstvo-563322" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-istochniki-kategorii-instituty-konstrukcii-pedagogicheskoe-nasledie-v-3-kn-kniga-1-563886" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-istochniki-kategorii-instituty-konstrukcii-pedagogicheskoe-nasledie-v-3-kn-kniga-2-563897" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-istochniki-kategorii-instituty-konstrukcii-pedagogicheskoe-nasledie-v-3-kn-kniga-3-564072" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-2-t-tom-1-obschaya-chast-561537" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-2-t-tom-2-osobennaya-chast-562403" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-4-t-tom-i-obschaya-chast-vvedenie-v-grazhdanskoe-pravo-580973" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-4-t-tom-ii-obschaya-chast-v-2-kn-kniga-1-lica-blaga-561616" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-4-t-tom-ii-obschaya-chast-v-2-kn-kniga-2-fakty-dopmaterial-v-ebs-561617" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-4-t-tom-iii-osobennaya-chast-absolyutnye-grazhdansko-pravovye-formy-v-2-kn-kniga-1-formy-otnosheniy-prinadlezhnosti-veschey-561595" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-4-t-tom-iii-osobennaya-chast-absolyutnye-grazhdansko-pravovye-formy-v-2-kn-kniga-2-prava-isklyuchitelnye-lichnye-i-nasledstvennye-dopmaterial-v-ebs-561596" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-4-t-tom-iv-v-2-kn-osobennaya-chast-otnositelnye-grazhdansko-pravovye-formy-kniga-1-obyazatelstva-dopmaterial-v-ebs-561441" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-4-t-tom-iv-v-2-kn-osobennaya-chast-otnositelnye-grazhdansko-pravovye-formy-kniga-2-inye-ne-yavlyayuschiesya-obyazatelstvami-grazhdansko-pravovye-formy-dop-material-v-ebs-561442" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-aktualnye-problemy-teorii-i-praktiki-v-2-t-tom-1-561678" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-aktualnye-problemy-teorii-i-praktiki-v-2-t-tom-2-561679" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovory-kommercheskogo-prava-akty-chastnopravovoy-unifikacii-v-sisteme-istochnikov-dogovornogo-torgovogo-prava-568019" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovory-kommercheskogo-prava-dogovor-prodazhi-tovarov-567370" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovory-kommercheskogo-prava-dogovornaya-otvetstvennost-v-torgovom-kommercheskom-oborote-569392" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovory-kommercheskogo-prava-problemy-obschey-teorii-torgovyh-dogovorov-566397" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zanimatelnaya-civilistika-v-3-kn-kniga-1-561920" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zanimatelnaya-civilistika-v-3-kn-kniga-2-562035" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zanimatelnaya-civilistika-v-3-kn-kniga-3-561951" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izbrannye-trudy-po-obschey-teorii-prava-grazhdanskomu-i-torgovomu-pravu-v-2-t-tom-1-563274" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izbrannye-trudy-po-obschey-teorii-prava-grazhdanskomu-i-torgovomu-pravu-v-2-t-tom-2-563315" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/isklyuchitelnye-prava-561350" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kodeks-evropeyskogo-dogovornogo-prava-european-contract-code-obschiy-i-sravnitelno-pravovoy-kommentariy-v-2-kn-kniga-1-537676" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kodeks-evropeyskogo-dogovornogo-prava-european-contract-code-obschiy-i-sravnitelno-pravovoy-kommentariy-v-2-kn-kniga-2-537677" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kommercheskoe-pravo-559998" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kommercheskoe-pravo-uchebno-metodicheskiy-kompleks-shemy-i-praktikum-562530" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/korporativnoe-pravo-aktualnye-problemy-teorii-i-praktiki-559715" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/korporativnoe-pravo-aktualnye-problemy-teorii-i-praktiki-581418" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-torgovoe-pravo-i-pravo-vto-v-3-kn-kniga-1-ponyatie-i-istochniki-mezhdunarodnogo-torgovogo-prava-obychnoe-i-konvencionnoe-dogovornoe-mezhdunarodnoe-torgovoe-pravo-561637" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-torgovoe-pravo-i-pravo-vto-v-3-kn-kniga-2-chastnounificirovannoe-mezhdunarodnoe-torgovoe-pravo-561638" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-torgovoe-pravo-i-pravo-vto-v-3-kn-kniga-3-nadnacionalnoe-mezhdunarodnoe-torgovoe-pravo-pravo-es-i-vto-561639" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nasledstvennoe-pravo-557244" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nasledstvennoe-pravo-557243" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obyazatelstvennoe-pravo-561343" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ocherki-veschnogo-prava-560139" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/patriarhi-rossiyskogo-prava-izbrannye-trudy-russkih-pravovedov-konca-xviii-nachala-xix-vekov-v-2-t-tom-2-563313" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/patriarhi-rossiyskogo-prava-izbrannye-trudy-russkih-pravovedov-konca-xviii-nachala-xix-vekov-v-2-t-tom-1-563273" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ponyatie-i-vidy-torgovyh-dogovorov-kurs-lekciy-561695" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovedenie-564243" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovedenie-565792" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/praktika-primeneniya-vekselnogo-zakonodatelstva-rossiyskoy-federacii-opyt-obobscheniya-i-nauchno-prakticheskogo-kommentariya-532386" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rossiyskaya-nauka-torgovogo-prava-v-ee-literaturnoy-istorii-materialy-k-bibliografii-rossiyskoy-kommercialistiki-565395" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/svod-pravil-new-lex-mercatoria-dogovornoe-i-obyazatelstvennoe-pravo-obschaya-chast-581693" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-torgovyh-deystviy-kritika-osnovnyh-ponyatiy-torgovogo-prava-563430" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-akademicheskiy-kurs-tom-i-ponyatie-istoriya-izuchenie-568414" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-akademicheskiy-kurs-tom-ii-istochniki-kommersanty-tovary-konkurenciya-568416" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-akademicheskiy-kurs-torgovye-dogovory-568946" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-aktualnye-problemy-teorii-i-praktiki-566404" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-literaturnaya-enciklopediya-kniga-1-do-pervogo-svoda-zakonov-rossiyskoy-imperii-1832-g-567217" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-literaturnaya-enciklopediya-kniga-2-v-preddverii-pervyh-koncepciy-chastnogo-torgovogo-kommercheskogo-prava-1832-1870-567335" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-literaturnaya-enciklopediya-kniga-3-leshkov-citovich-malyshev-zolotarev-nersesov-martens-tabashnikov-nosenko-gelbke-1871-1884-567670" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-literaturnaya-enciklopediya-kniga-4-barac-citovich-nersesov-bashilov-shershenevich-golmsten-nosenko-gareys-zagorskiy-1885-1893-567881" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-literaturnaya-enciklopediya-kniga-5-udincev-golmsten-nersesov-petrazhickiy-kaminka-azarevich-nefedev-barac-shershenevich-1893-1899-568441" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-literaturnaya-enciklopediya-kniga-6-569162" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-osnovnye-rossiyskie-koncepcii-jurisprudentia-mercatoria-russica-567507" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-pravo-lekcii-raznyh-let-568699" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-pravo-torgovyy-i-konkursnyy-process-569194" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/uchebnik-torgovogo-prava-560721" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cennye-bumagi-v-kommercheskom-oborote-kurs-lekciy-564106" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnoe-pravo-materialy-dlya-izucheniya-v-3-t-tom-1-obschaya-chast-problemy-ucheniya-ob-absolyutnyh-pravah-565139" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnoe-pravo-materialy-dlya-izucheniya-v-3-t-tom-2-problemy-obyazatelstvennogo-i-dogovornogo-prava-566139" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnoe-pravo-materialy-dlya-izucheniya-v-3-t-tom-3-konkurentnoe-pravo-metodologiya-i-metodika-raznye-proizvedeniya-566140" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chto-izmenilos-v-grazhdanskom-kodekse-560751" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/yuridicheskie-fakty-v-grazhdanskom-prave-561342" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/avtorskoe-pravo-na-literaturnye-proizvedeniya-563431" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/veschnye-grazhdansko-pravovye-formy-584069" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-1-abandon-bolonskiy-universitet-563272" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-10-fabrichnoe-zakonodatelstvo-v-rossii-yarmarochnyy-veksel-563323" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-2-bona-fides-grazhdanskiy-istec-563316" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-3-grazhdanskiy-oborot-istrebovanie-dokumentov-563324" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-4-kabala-lesnoy-ustav-563325" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-5-leshkov-opeka-563326" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-6-opredelenie-prezumpciya-563318" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-7-prekariy-rossiya-svod-zakonov-563319" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-8-rossiya-torgovoe-pravo-i-sudoproizvodstvo-strahovanie-563320" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-enciklopedicheskiy-slovar-brokgauza-i-efrona-v-10-t-tom-9-stroitelnye-obschestva-fabrichnoe-zakonodatelstvo-563322" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-istochniki-kategorii-instituty-konstrukcii-pedagogicheskoe-nasledie-v-3-kn-kniga-1-586086" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-istochniki-kategorii-instituty-konstrukcii-pedagogicheskoe-nasledie-v-3-kn-kniga-2-586099" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-i-torgovoe-pravo-istochniki-kategorii-instituty-konstrukcii-pedagogicheskoe-nasledie-v-3-kn-kniga-3-586211" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-2-t-tom-1-obschaya-chast-584221" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-2-t-tom-2-osobennaya-chast-584950" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-4-t-tom-i-obschaya-chast-vvedenie-v-grazhdanskoe-pravo-582643" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-4-t-tom-ii-obschaya-chast-v-2-kn-kniga-1-lica-blaga-584290" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-4-t-tom-ii-obschaya-chast-v-2-kn-kniga-2-fakty-dopmaterial-v-ebs-584291" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-4-t-tom-iii-osobennaya-chast-absolyutnye-grazhdansko-pravovye-formy-v-2-kn-kniga-1-formy-otnosheniy-prinadlezhnosti-veschey-584270" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-4-t-tom-iii-osobennaya-chast-absolyutnye-grazhdansko-pravovye-formy-v-2-kn-kniga-2-prava-isklyuchitelnye-lichnye-i-nasledstvennye-dopmaterial-v-ebs-584271" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-4-t-tom-iv-v-2-kn-osobennaya-chast-otnositelnye-grazhdansko-pravovye-formy-kniga-1-obyazatelstva-dopmaterial-v-ebs-584136" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-v-4-t-tom-iv-v-2-kn-osobennaya-chast-otnositelnye-grazhdansko-pravovye-formy-kniga-2-inye-ne-yavlyayuschiesya-obyazatelstvami-grazhdansko-pravovye-formy-dop-material-v-ebs-584137" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-aktualnye-problemy-teorii-i-praktiki-v-2-t-tom-1-584338" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-aktualnye-problemy-teorii-i-praktiki-v-2-t-tom-2-584339" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovory-kommercheskogo-prava-akty-chastnopravovoy-unifikacii-v-sisteme-istochnikov-dogovornogo-torgovogo-prava-588830" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovory-kommercheskogo-prava-dogovor-prodazhi-tovarov-588296" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovory-kommercheskogo-prava-dogovornaya-otvetstvennost-v-torgovom-kommercheskom-oborote-590142" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovory-kommercheskogo-prava-problemy-obschey-teorii-torgovyh-dogovorov-587651" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zanimatelnaya-civilistika-v-3-kn-kniga-1-584550" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zanimatelnaya-civilistika-v-3-kn-kniga-2-584646" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zanimatelnaya-civilistika-v-3-kn-kniga-3-584577" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izbrannye-trudy-po-obschey-teorii-prava-grazhdanskomu-i-torgovomu-pravu-v-2-t-tom-1-563274" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izbrannye-trudy-po-obschey-teorii-prava-grazhdanskomu-i-torgovomu-pravu-v-2-t-tom-2-563315" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/isklyuchitelnye-prava-584077" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kodeks-evropeyskogo-dogovornogo-prava-european-contract-code-obschiy-i-sravnitelno-pravovoy-kommentariy-v-2-kn-kniga-1-537676" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kodeks-evropeyskogo-dogovornogo-prava-european-contract-code-obschiy-i-sravnitelno-pravovoy-kommentariy-v-2-kn-kniga-2-537677" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kommercheskoe-pravo-582855" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kommercheskoe-pravo-uchebno-metodicheskiy-kompleks-shemy-i-praktikum-585075" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/korporativnoe-pravo-aktualnye-problemy-teorii-i-praktiki-582600" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/korporativnoe-pravo-aktualnye-problemy-teorii-i-praktiki-590428" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-torgovoe-pravo-i-pravo-vto-v-3-kn-kniga-1-ponyatie-i-istochniki-mezhdunarodnogo-torgovogo-prava-obychnoe-i-konvencionnoe-dogovornoe-mezhdunarodnoe-torgovoe-pravo-584307" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-torgovoe-pravo-i-pravo-vto-v-3-kn-kniga-2-chastnounificirovannoe-mezhdunarodnoe-torgovoe-pravo-584308" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-torgovoe-pravo-i-pravo-vto-v-3-kn-kniga-3-nadnacionalnoe-mezhdunarodnoe-torgovoe-pravo-pravo-es-i-vto-584309" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nasledstvennoe-pravo-582608" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nasledstvennoe-pravo-583998" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obyazatelstvennoe-pravo-584071" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ocherki-veschnogo-prava-583363" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/patriarhi-rossiyskogo-prava-izbrannye-trudy-russkih-pravovedov-konca-xviii-nachala-xix-vekov-v-2-t-tom-2-563313" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/patriarhi-rossiyskogo-prava-izbrannye-trudy-russkih-pravovedov-konca-xviii-nachala-xix-vekov-v-2-t-tom-1-563273" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ponyatie-i-vidy-torgovyh-dogovorov-kurs-lekciy-584354" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovedenie-586273" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovedenie-587241" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/praktika-primeneniya-vekselnogo-zakonodatelstva-rossiyskoy-federacii-opyt-obobscheniya-i-nauchno-prakticheskogo-kommentariya-532386" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rossiyskaya-nauka-torgovogo-prava-v-ee-literaturnoy-istorii-materialy-k-bibliografii-rossiyskoy-kommercialistiki-586986" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/svod-pravil-new-lex-mercatoria-dogovornoe-i-obyazatelstvennoe-pravo-obschaya-chast-590482" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-torgovyh-deystviy-kritika-osnovnyh-ponyatiy-torgovogo-prava-563430" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-akademicheskiy-kurs-tom-i-ponyatie-istoriya-izuchenie-589161" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-akademicheskiy-kurs-tom-ii-istochniki-kommersanty-tovary-konkurenciya-589163" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-akademicheskiy-kurs-torgovye-dogovory-589623" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-aktualnye-problemy-teorii-i-praktiki-587658" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-literaturnaya-enciklopediya-kniga-1-do-pervogo-svoda-zakonov-rossiyskoy-imperii-1832-g-588204" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-literaturnaya-enciklopediya-kniga-2-v-preddverii-pervyh-koncepciy-chastnogo-torgovogo-kommercheskogo-prava-1832-1870-588278" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-literaturnaya-enciklopediya-kniga-3-leshkov-citovich-malyshev-zolotarev-nersesov-martens-tabashnikov-nosenko-gelbke-1871-1884-588513" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-literaturnaya-enciklopediya-kniga-4-barac-citovich-nersesov-bashilov-shershenevich-golmsten-nosenko-gareys-zagorskiy-1885-1893-588716" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-literaturnaya-enciklopediya-kniga-5-udincev-golmsten-nersesov-petrazhickiy-kaminka-azarevich-nefedev-barac-shershenevich-1893-1899-589190" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-literaturnaya-enciklopediya-kniga-6-589820" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-literaturnaya-enciklopediya-kniga-7-582420" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-kommercheskoe-pravo-osnovnye-rossiyskie-koncepcii-jurisprudentia-mercatoria-russica-588362" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-pravo-lekcii-raznyh-let-589425" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/torgovoe-pravo-torgovyy-i-konkursnyy-process-589847" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/uchebnik-torgovogo-prava-583564" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cennye-bumagi-v-kommercheskom-oborote-kurs-lekciy-586230" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnoe-pravo-materialy-dlya-izucheniya-v-3-t-tom-1-obschaya-chast-problemy-ucheniya-ob-absolyutnyh-pravah-586789" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnoe-pravo-materialy-dlya-izucheniya-v-3-t-tom-2-problemy-obyazatelstvennogo-i-dogovornogo-prava-587498" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnoe-pravo-materialy-dlya-izucheniya-v-3-t-tom-3-konkurentnoe-pravo-metodologiya-i-metodika-raznye-proizvedeniya-587499" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chto-izmenilos-v-grazhdanskom-kodekse-583589" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/yuridicheskie-fakty-v-grazhdanskom-prave-584070" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z82"/>
+  <dimension ref="A1:Z83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -1560,51 +1572,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -1742,69 +1754,69 @@
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y5" s="8">
         <v>0.452</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>561341</v>
+        <v>584069</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>307</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>1549.0</v>
       </c>
       <c r="M6" s="9">
         <v>1699.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>36</v>
       </c>
@@ -2492,273 +2504,273 @@
         <v>48</v>
       </c>
       <c r="S16" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U16" s="6" t="s">
         <v>79</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6">
         <v>67.404</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y16" s="8">
         <v>0.579</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>563886</v>
+        <v>586086</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>82</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>337</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="9">
         <v>1679.0</v>
       </c>
       <c r="M17" s="9">
         <v>1849.0</v>
       </c>
       <c r="N17" s="6"/>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S17" s="6" t="s">
         <v>83</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U17" s="6" t="s">
         <v>84</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y17" s="8">
         <v>0.528</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>563897</v>
+        <v>586099</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>82</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>323</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L18" s="9">
         <v>1619.0</v>
       </c>
       <c r="M18" s="9">
         <v>1779.0</v>
       </c>
       <c r="N18" s="6"/>
       <c r="O18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R18" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S18" s="6" t="s">
         <v>83</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U18" s="6" t="s">
         <v>86</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y18" s="8">
         <v>0.511</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="8">
-        <v>564072</v>
+        <v>586211</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>87</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>82</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J19" s="8">
         <v>375</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L19" s="9">
         <v>1839.0</v>
       </c>
       <c r="M19" s="9">
         <v>2019.0</v>
       </c>
       <c r="N19" s="6"/>
       <c r="O19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>83</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>88</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y19" s="8">
         <v>0.574</v>
       </c>
       <c r="Z19" s="6"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="8">
-        <v>561537</v>
+        <v>584221</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>89</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>90</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J20" s="8">
         <v>451</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L20" s="9">
         <v>2169.0</v>
       </c>
       <c r="M20" s="9">
         <v>2389.0</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q20" s="6" t="s">
         <v>36</v>
       </c>
@@ -2766,69 +2778,69 @@
         <v>48</v>
       </c>
       <c r="S20" s="6" t="s">
         <v>91</v>
       </c>
       <c r="T20" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U20" s="6" t="s">
         <v>92</v>
       </c>
       <c r="V20" s="6"/>
       <c r="W20" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X20" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y20" s="8">
         <v>0.666</v>
       </c>
       <c r="Z20" s="6"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="8">
-        <v>562403</v>
+        <v>584950</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>93</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>94</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F21" s="6"/>
       <c r="G21" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J21" s="8">
         <v>463</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L21" s="9">
         <v>2219.0</v>
       </c>
       <c r="M21" s="9">
         <v>2439.0</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q21" s="6" t="s">
         <v>36</v>
       </c>
@@ -2836,69 +2848,69 @@
         <v>48</v>
       </c>
       <c r="S21" s="6" t="s">
         <v>95</v>
       </c>
       <c r="T21" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U21" s="6" t="s">
         <v>96</v>
       </c>
       <c r="V21" s="6"/>
       <c r="W21" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X21" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y21" s="8">
         <v>0.681</v>
       </c>
       <c r="Z21" s="6"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="8">
-        <v>580973</v>
+        <v>582643</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>97</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>98</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F22" s="6"/>
       <c r="G22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J22" s="8">
         <v>622</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L22" s="9">
         <v>2559.0</v>
       </c>
       <c r="M22" s="9">
         <v>2809.0</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q22" s="6" t="s">
         <v>36</v>
       </c>
@@ -2906,69 +2918,69 @@
         <v>48</v>
       </c>
       <c r="S22" s="6" t="s">
         <v>100</v>
       </c>
       <c r="T22" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U22" s="6" t="s">
         <v>101</v>
       </c>
       <c r="V22" s="6"/>
       <c r="W22" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X22" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y22" s="8">
         <v>0.765</v>
       </c>
       <c r="Z22" s="6"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="8">
-        <v>561616</v>
+        <v>584290</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>103</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J23" s="8">
         <v>453</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L23" s="9">
         <v>2179.0</v>
       </c>
       <c r="M23" s="9">
         <v>2399.0</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>36</v>
       </c>
@@ -2976,69 +2988,69 @@
         <v>48</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>104</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>105</v>
       </c>
       <c r="V23" s="6"/>
       <c r="W23" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y23" s="8">
         <v>0.669</v>
       </c>
       <c r="Z23" s="6"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="8">
-        <v>561617</v>
+        <v>584291</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>106</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F24" s="6"/>
       <c r="G24" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J24" s="8">
         <v>497</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L24" s="9">
         <v>2369.0</v>
       </c>
       <c r="M24" s="9">
         <v>2609.0</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q24" s="6" t="s">
         <v>36</v>
       </c>
@@ -3046,69 +3058,69 @@
         <v>48</v>
       </c>
       <c r="S24" s="6" t="s">
         <v>104</v>
       </c>
       <c r="T24" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U24" s="6" t="s">
         <v>107</v>
       </c>
       <c r="V24" s="6"/>
       <c r="W24" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X24" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y24" s="8">
         <v>0.722</v>
       </c>
       <c r="Z24" s="6"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="8">
-        <v>561595</v>
+        <v>584270</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F25" s="6"/>
       <c r="G25" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H25" s="6"/>
       <c r="I25" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J25" s="8">
         <v>319</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L25" s="9">
         <v>1599.0</v>
       </c>
       <c r="M25" s="9">
         <v>1759.0</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P25" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q25" s="6" t="s">
         <v>36</v>
       </c>
@@ -3116,69 +3128,69 @@
         <v>48</v>
       </c>
       <c r="S25" s="6" t="s">
         <v>104</v>
       </c>
       <c r="T25" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U25" s="6" t="s">
         <v>110</v>
       </c>
       <c r="V25" s="6"/>
       <c r="W25" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X25" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y25" s="8">
         <v>0.507</v>
       </c>
       <c r="Z25" s="6"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="8">
-        <v>561596</v>
+        <v>584271</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>111</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F26" s="6"/>
       <c r="G26" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J26" s="8">
         <v>443</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L26" s="9">
         <v>2129.0</v>
       </c>
       <c r="M26" s="9">
         <v>2339.0</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q26" s="6" t="s">
         <v>36</v>
       </c>
@@ -3186,69 +3198,69 @@
         <v>48</v>
       </c>
       <c r="S26" s="6" t="s">
         <v>104</v>
       </c>
       <c r="T26" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U26" s="6" t="s">
         <v>112</v>
       </c>
       <c r="V26" s="6"/>
       <c r="W26" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X26" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y26" s="8">
         <v>0.657</v>
       </c>
       <c r="Z26" s="6"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="8">
-        <v>561441</v>
+        <v>584136</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>113</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>114</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F27" s="6"/>
       <c r="G27" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H27" s="6"/>
       <c r="I27" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J27" s="8">
         <v>443</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L27" s="9">
         <v>2129.0</v>
       </c>
       <c r="M27" s="9">
         <v>2339.0</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>36</v>
       </c>
@@ -3256,69 +3268,69 @@
         <v>48</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>115</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>116</v>
       </c>
       <c r="V27" s="6"/>
       <c r="W27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y27" s="8">
         <v>0.657</v>
       </c>
       <c r="Z27" s="6"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="8">
-        <v>561442</v>
+        <v>584137</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>113</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>117</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F28" s="6"/>
       <c r="G28" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H28" s="6"/>
       <c r="I28" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J28" s="8">
         <v>403</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L28" s="9">
         <v>1959.0</v>
       </c>
       <c r="M28" s="9">
         <v>2149.0</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O28" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q28" s="6" t="s">
         <v>36</v>
       </c>
@@ -3326,69 +3338,69 @@
         <v>48</v>
       </c>
       <c r="S28" s="6" t="s">
         <v>115</v>
       </c>
       <c r="T28" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U28" s="6" t="s">
         <v>118</v>
       </c>
       <c r="V28" s="6"/>
       <c r="W28" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X28" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y28" s="8">
         <v>0.608</v>
       </c>
       <c r="Z28" s="6"/>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="8">
-        <v>561678</v>
+        <v>584338</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>119</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>120</v>
       </c>
       <c r="F29" s="6"/>
       <c r="G29" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H29" s="6"/>
       <c r="I29" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J29" s="8">
         <v>484</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L29" s="9">
         <v>1859.0</v>
       </c>
       <c r="M29" s="9">
         <v>2039.0</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P29" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q29" s="6" t="s">
         <v>36</v>
       </c>
@@ -3396,69 +3408,69 @@
         <v>48</v>
       </c>
       <c r="S29" s="6" t="s">
         <v>121</v>
       </c>
       <c r="T29" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U29" s="6" t="s">
         <v>122</v>
       </c>
       <c r="V29" s="6"/>
       <c r="W29" s="6">
         <v>67.404</v>
       </c>
       <c r="X29" s="6" t="s">
         <v>123</v>
       </c>
       <c r="Y29" s="8">
         <v>0.563</v>
       </c>
       <c r="Z29" s="6"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="8">
-        <v>561679</v>
+        <v>584339</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>124</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>125</v>
       </c>
       <c r="F30" s="6"/>
       <c r="G30" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H30" s="6"/>
       <c r="I30" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J30" s="8">
         <v>525</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L30" s="9">
         <v>1999.0</v>
       </c>
       <c r="M30" s="9">
         <v>2199.0</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P30" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q30" s="6" t="s">
         <v>36</v>
       </c>
@@ -3466,205 +3478,205 @@
         <v>48</v>
       </c>
       <c r="S30" s="6" t="s">
         <v>121</v>
       </c>
       <c r="T30" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U30" s="6" t="s">
         <v>126</v>
       </c>
       <c r="V30" s="6"/>
       <c r="W30" s="6">
         <v>67.404</v>
       </c>
       <c r="X30" s="6" t="s">
         <v>123</v>
       </c>
       <c r="Y30" s="8">
         <v>0.603</v>
       </c>
       <c r="Z30" s="6"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="8">
-        <v>568019</v>
+        <v>588830</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>127</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>128</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>120</v>
       </c>
       <c r="F31" s="6"/>
       <c r="G31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H31" s="6"/>
       <c r="I31" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J31" s="8">
         <v>336</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L31" s="9">
         <v>1669.0</v>
       </c>
       <c r="M31" s="9">
         <v>1839.0</v>
       </c>
       <c r="N31" s="6"/>
       <c r="O31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>130</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>131</v>
       </c>
       <c r="V31" s="6"/>
       <c r="W31" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y31" s="8">
         <v>0.527</v>
       </c>
       <c r="Z31" s="6"/>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="8">
-        <v>567370</v>
+        <v>588296</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>132</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
         <v>133</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>120</v>
       </c>
       <c r="F32" s="6"/>
       <c r="G32" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H32" s="6"/>
       <c r="I32" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J32" s="8">
         <v>350</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L32" s="9">
         <v>1729.0</v>
       </c>
       <c r="M32" s="9">
         <v>1899.0</v>
       </c>
       <c r="N32" s="6"/>
       <c r="O32" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q32" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R32" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S32" s="6" t="s">
         <v>134</v>
       </c>
       <c r="T32" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U32" s="6" t="s">
         <v>135</v>
       </c>
       <c r="V32" s="6"/>
       <c r="W32" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X32" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y32" s="8">
         <v>0.544</v>
       </c>
       <c r="Z32" s="6"/>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="8">
-        <v>569392</v>
+        <v>590142</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>136</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>137</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>138</v>
       </c>
       <c r="F33" s="6"/>
       <c r="G33" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H33" s="6"/>
       <c r="I33" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J33" s="8">
         <v>542</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L33" s="9">
         <v>2559.0</v>
       </c>
       <c r="M33" s="9">
         <v>2809.0</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P33" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q33" s="6" t="s">
         <v>36</v>
       </c>
@@ -3672,3439 +3684,3507 @@
         <v>48</v>
       </c>
       <c r="S33" s="6" t="s">
         <v>139</v>
       </c>
       <c r="T33" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U33" s="6" t="s">
         <v>140</v>
       </c>
       <c r="V33" s="6"/>
       <c r="W33" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X33" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y33" s="8">
         <v>0.777</v>
       </c>
       <c r="Z33" s="6"/>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="8">
-        <v>566397</v>
+        <v>587651</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>141</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
         <v>142</v>
       </c>
       <c r="E34" s="6" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="F34" s="6"/>
       <c r="G34" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H34" s="6"/>
       <c r="I34" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J34" s="8">
         <v>341</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L34" s="9">
         <v>1689.0</v>
       </c>
       <c r="M34" s="9">
         <v>1859.0</v>
       </c>
       <c r="N34" s="6"/>
       <c r="O34" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P34" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q34" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R34" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S34" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="T34" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U34" s="6" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="V34" s="6"/>
       <c r="W34" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X34" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y34" s="8">
         <v>0.533</v>
       </c>
       <c r="Z34" s="6"/>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="8">
-        <v>561920</v>
+        <v>584550</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F35" s="6"/>
       <c r="G35" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H35" s="6"/>
       <c r="I35" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J35" s="8">
         <v>174</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L35" s="9">
         <v>779.0</v>
       </c>
       <c r="M35" s="9">
         <v>859.0</v>
       </c>
       <c r="N35" s="6"/>
       <c r="O35" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S35" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="T35" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U35" s="6" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="V35" s="6"/>
       <c r="W35" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>123</v>
       </c>
       <c r="Y35" s="8">
         <v>0.263</v>
       </c>
       <c r="Z35" s="6"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="8">
-        <v>562035</v>
+        <v>584646</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F36" s="6"/>
       <c r="G36" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H36" s="6"/>
       <c r="I36" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J36" s="8">
         <v>179</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L36" s="9">
         <v>799.0</v>
       </c>
       <c r="M36" s="9">
         <v>879.0</v>
       </c>
       <c r="N36" s="6"/>
       <c r="O36" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P36" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q36" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R36" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S36" s="6" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="T36" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U36" s="6" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="V36" s="6"/>
       <c r="W36" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X36" s="6" t="s">
         <v>123</v>
       </c>
       <c r="Y36" s="8">
         <v>0.269</v>
       </c>
       <c r="Z36" s="6"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="8">
-        <v>561951</v>
+        <v>584577</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F37" s="6"/>
       <c r="G37" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H37" s="6"/>
       <c r="I37" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J37" s="8">
         <v>209</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L37" s="9">
         <v>899.0</v>
       </c>
       <c r="M37" s="9">
         <v>989.0</v>
       </c>
       <c r="N37" s="6"/>
       <c r="O37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P37" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q37" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R37" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S37" s="6" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="T37" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U37" s="6" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="V37" s="6"/>
       <c r="W37" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X37" s="6" t="s">
         <v>123</v>
       </c>
       <c r="Y37" s="8">
         <v>0.297</v>
       </c>
       <c r="Z37" s="6"/>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="8">
         <v>563274</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="E38" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F38" s="6"/>
       <c r="G38" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H38" s="6"/>
       <c r="I38" s="8">
         <v>2025</v>
       </c>
       <c r="J38" s="8">
         <v>284</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L38" s="9">
         <v>1449.0</v>
       </c>
       <c r="M38" s="9">
         <v>1589.0</v>
       </c>
       <c r="N38" s="6"/>
       <c r="O38" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P38" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q38" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R38" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S38" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="T38" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U38" s="6" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
       <c r="V38" s="6"/>
       <c r="W38" s="6">
         <v>67</v>
       </c>
       <c r="X38" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y38" s="8">
         <v>0.464</v>
       </c>
       <c r="Z38" s="6"/>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="8">
         <v>563315</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F39" s="6"/>
       <c r="G39" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H39" s="6"/>
       <c r="I39" s="8">
         <v>2025</v>
       </c>
       <c r="J39" s="8">
         <v>329</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L39" s="9">
         <v>1639.0</v>
       </c>
       <c r="M39" s="9">
         <v>1799.0</v>
       </c>
       <c r="N39" s="6"/>
       <c r="O39" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="V39" s="6"/>
       <c r="W39" s="6">
         <v>67</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y39" s="8">
         <v>0.519</v>
       </c>
       <c r="Z39" s="6"/>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="8">
-        <v>561350</v>
+        <v>584077</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="E40" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F40" s="6"/>
       <c r="G40" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H40" s="6"/>
       <c r="I40" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J40" s="8">
         <v>211</v>
       </c>
       <c r="K40" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L40" s="9">
         <v>1129.0</v>
       </c>
       <c r="M40" s="9">
         <v>1239.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O40" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q40" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R40" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S40" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="T40" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U40" s="6" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="V40" s="6"/>
       <c r="W40" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X40" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y40" s="8">
         <v>0.376</v>
       </c>
       <c r="Z40" s="6"/>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="8">
         <v>537676</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E41" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F41" s="6"/>
       <c r="G41" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H41" s="6"/>
       <c r="I41" s="8">
         <v>2024</v>
       </c>
       <c r="J41" s="8">
         <v>308</v>
       </c>
       <c r="K41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L41" s="9">
         <v>1549.0</v>
       </c>
       <c r="M41" s="9">
         <v>1699.0</v>
       </c>
       <c r="N41" s="6"/>
       <c r="O41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P41" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="Q41" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="R41" s="6" t="s">
         <v>165</v>
       </c>
-      <c r="Q41" s="6" t="s">
-[...2 lines deleted...]
-      <c r="R41" s="6" t="s">
+      <c r="S41" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="S41" s="6" t="s">
+      <c r="T41" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U41" s="6" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
       <c r="V41" s="6"/>
       <c r="W41" s="6">
         <v>67.412</v>
       </c>
       <c r="X41" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y41" s="8">
         <v>0.493</v>
       </c>
       <c r="Z41" s="6"/>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="8">
         <v>537677</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="E42" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F42" s="6"/>
       <c r="G42" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H42" s="6"/>
       <c r="I42" s="8">
         <v>2024</v>
       </c>
       <c r="J42" s="8">
         <v>312</v>
       </c>
       <c r="K42" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L42" s="9">
         <v>1569.0</v>
       </c>
       <c r="M42" s="9">
         <v>1729.0</v>
       </c>
       <c r="N42" s="6"/>
       <c r="O42" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P42" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="Q42" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="R42" s="6" t="s">
         <v>165</v>
       </c>
-      <c r="Q42" s="6" t="s">
-[...2 lines deleted...]
-      <c r="R42" s="6" t="s">
+      <c r="S42" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="S42" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T42" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U42" s="6" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="V42" s="6"/>
       <c r="W42" s="6">
         <v>67.412</v>
       </c>
       <c r="X42" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y42" s="8">
         <v>0.498</v>
       </c>
       <c r="Z42" s="6"/>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="8">
-        <v>559998</v>
+        <v>582855</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="E43" s="6" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="F43" s="6"/>
       <c r="G43" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H43" s="6"/>
       <c r="I43" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J43" s="8">
         <v>606</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L43" s="9">
         <v>2499.0</v>
       </c>
       <c r="M43" s="9">
         <v>2749.0</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S43" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="T43" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U43" s="6" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="V43" s="6"/>
       <c r="W43" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y43" s="8">
         <v>0.746</v>
       </c>
       <c r="Z43" s="6"/>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="8">
-        <v>562530</v>
+        <v>585075</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="E44" s="6" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="F44" s="6"/>
       <c r="G44" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H44" s="6"/>
       <c r="I44" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J44" s="8">
         <v>228</v>
       </c>
       <c r="K44" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L44" s="9">
         <v>1209.0</v>
       </c>
       <c r="M44" s="9">
         <v>1329.0</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O44" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P44" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q44" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R44" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S44" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="T44" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U44" s="6" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
       <c r="V44" s="6"/>
       <c r="W44" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X44" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y44" s="8">
         <v>0.396</v>
       </c>
       <c r="Z44" s="6"/>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="8">
-        <v>559715</v>
+        <v>582600</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="E45" s="6" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="F45" s="6"/>
       <c r="G45" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H45" s="6"/>
       <c r="I45" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J45" s="8">
         <v>552</v>
       </c>
       <c r="K45" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L45" s="9">
         <v>2599.0</v>
       </c>
       <c r="M45" s="9">
         <v>2859.0</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O45" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P45" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q45" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R45" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S45" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="T45" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U45" s="6" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
       <c r="V45" s="6"/>
       <c r="W45" s="6">
         <v>67.404</v>
       </c>
       <c r="X45" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y45" s="8">
         <v>0.789</v>
       </c>
       <c r="Z45" s="6"/>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="8">
-        <v>581418</v>
+        <v>590428</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="E46" s="6" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="F46" s="6"/>
       <c r="G46" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H46" s="6"/>
       <c r="I46" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J46" s="8">
         <v>552</v>
       </c>
       <c r="K46" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L46" s="9">
         <v>2599.0</v>
       </c>
       <c r="M46" s="9">
         <v>2859.0</v>
       </c>
       <c r="N46" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="O46" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P46" s="6" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
       <c r="Q46" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R46" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S46" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="T46" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U46" s="6" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="V46" s="6"/>
       <c r="W46" s="6">
         <v>67.404</v>
       </c>
       <c r="X46" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y46" s="8">
         <v>0.789</v>
       </c>
       <c r="Z46" s="6"/>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="8">
-        <v>561637</v>
+        <v>584307</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F47" s="6"/>
       <c r="G47" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H47" s="6"/>
       <c r="I47" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J47" s="8">
         <v>347</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L47" s="9">
         <v>1379.0</v>
       </c>
       <c r="M47" s="9">
         <v>1519.0</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S47" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="T47" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U47" s="6" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="V47" s="6"/>
       <c r="W47" s="6" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="X47" s="6" t="s">
         <v>123</v>
       </c>
       <c r="Y47" s="8">
         <v>0.431</v>
       </c>
       <c r="Z47" s="6"/>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="8">
-        <v>561638</v>
+        <v>584308</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="E48" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F48" s="6"/>
       <c r="G48" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H48" s="6"/>
       <c r="I48" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J48" s="8">
         <v>426</v>
       </c>
       <c r="K48" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L48" s="9">
         <v>1659.0</v>
       </c>
       <c r="M48" s="9">
         <v>1819.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O48" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q48" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R48" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S48" s="6" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="T48" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U48" s="6" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="V48" s="6"/>
       <c r="W48" s="6" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="X48" s="6" t="s">
         <v>123</v>
       </c>
       <c r="Y48" s="8">
         <v>0.507</v>
       </c>
       <c r="Z48" s="6"/>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="8">
-        <v>561639</v>
+        <v>584309</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="E49" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F49" s="6"/>
       <c r="G49" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H49" s="6"/>
       <c r="I49" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J49" s="8">
         <v>218</v>
       </c>
       <c r="K49" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L49" s="9">
         <v>929.0</v>
       </c>
       <c r="M49" s="9">
         <v>1019.0</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O49" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P49" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q49" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R49" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S49" s="6" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="T49" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U49" s="6" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="V49" s="6"/>
       <c r="W49" s="6" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="X49" s="6" t="s">
         <v>123</v>
       </c>
       <c r="Y49" s="8">
         <v>0.306</v>
       </c>
       <c r="Z49" s="6"/>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="8">
-        <v>557244</v>
+        <v>582608</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="E50" s="6" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="F50" s="6"/>
       <c r="G50" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H50" s="6"/>
       <c r="I50" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J50" s="8">
         <v>376</v>
       </c>
       <c r="K50" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L50" s="9">
         <v>1839.0</v>
       </c>
       <c r="M50" s="9">
         <v>2019.0</v>
       </c>
       <c r="N50" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O50" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P50" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q50" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R50" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="S50" s="6" t="s">
         <v>204</v>
       </c>
-      <c r="S50" s="6" t="s">
+      <c r="T50" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U50" s="6" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
       <c r="V50" s="6"/>
       <c r="W50" s="6" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="X50" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y50" s="8">
         <v>0.575</v>
       </c>
       <c r="Z50" s="6"/>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="8">
-        <v>557243</v>
+        <v>583998</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="E51" s="6" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="F51" s="6"/>
       <c r="G51" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H51" s="6"/>
       <c r="I51" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J51" s="8">
         <v>376</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L51" s="9">
         <v>1839.0</v>
       </c>
       <c r="M51" s="9">
         <v>2019.0</v>
       </c>
       <c r="N51" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="O51" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P51" s="6" t="s">
         <v>188</v>
       </c>
-      <c r="O51" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q51" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R51" s="6" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="S51" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="T51" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U51" s="6" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
       <c r="V51" s="6"/>
       <c r="W51" s="6" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="X51" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y51" s="8">
         <v>0.575</v>
       </c>
       <c r="Z51" s="6"/>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="8">
-        <v>561343</v>
+        <v>584071</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="E52" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F52" s="6"/>
       <c r="G52" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H52" s="6"/>
       <c r="I52" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J52" s="8">
         <v>425</v>
       </c>
       <c r="K52" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L52" s="9">
         <v>2059.0</v>
       </c>
       <c r="M52" s="9">
         <v>2259.0</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O52" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q52" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R52" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S52" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="T52" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U52" s="6" t="s">
         <v>215</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
       <c r="V52" s="6"/>
       <c r="W52" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X52" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y52" s="8">
         <v>0.635</v>
       </c>
       <c r="Z52" s="6"/>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="8">
-        <v>560139</v>
+        <v>583363</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="E53" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F53" s="6"/>
       <c r="G53" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H53" s="6"/>
       <c r="I53" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J53" s="8">
         <v>332</v>
       </c>
       <c r="K53" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L53" s="9">
         <v>1649.0</v>
       </c>
       <c r="M53" s="9">
         <v>1809.0</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O53" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P53" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q53" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R53" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S53" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="T53" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U53" s="6" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
       <c r="V53" s="6"/>
       <c r="W53" s="6" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="X53" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y53" s="8">
         <v>0.522</v>
       </c>
       <c r="Z53" s="6"/>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="8">
         <v>563313</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="E54" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F54" s="6"/>
       <c r="G54" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H54" s="6"/>
       <c r="I54" s="8">
         <v>2025</v>
       </c>
       <c r="J54" s="8">
         <v>453</v>
       </c>
       <c r="K54" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L54" s="9">
         <v>2179.0</v>
       </c>
       <c r="M54" s="9">
         <v>2399.0</v>
       </c>
       <c r="N54" s="6"/>
       <c r="O54" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P54" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q54" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R54" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="S54" s="6" t="s">
         <v>224</v>
       </c>
-      <c r="S54" s="6" t="s">
+      <c r="T54" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U54" s="6" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
       <c r="V54" s="6"/>
       <c r="W54" s="6">
         <v>67</v>
       </c>
       <c r="X54" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y54" s="8">
         <v>0.669</v>
       </c>
       <c r="Z54" s="6"/>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="8">
         <v>563273</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F55" s="6"/>
       <c r="G55" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H55" s="6"/>
       <c r="I55" s="8">
         <v>2025</v>
       </c>
       <c r="J55" s="8">
         <v>374</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L55" s="9">
         <v>1839.0</v>
       </c>
       <c r="M55" s="9">
         <v>2019.0</v>
       </c>
       <c r="N55" s="6"/>
       <c r="O55" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P55" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q55" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R55" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="S55" s="6" t="s">
         <v>224</v>
       </c>
-      <c r="S55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T55" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U55" s="6" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="V55" s="6"/>
       <c r="W55" s="6">
         <v>67</v>
       </c>
       <c r="X55" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y55" s="8">
         <v>0.573</v>
       </c>
       <c r="Z55" s="6"/>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="8">
-        <v>561695</v>
+        <v>584354</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E56" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F56" s="6"/>
       <c r="G56" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H56" s="6"/>
       <c r="I56" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J56" s="8">
         <v>502</v>
       </c>
       <c r="K56" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L56" s="9">
         <v>2389.0</v>
       </c>
       <c r="M56" s="9">
         <v>2629.0</v>
       </c>
       <c r="N56" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O56" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P56" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q56" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R56" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S56" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="T56" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U56" s="6" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
       <c r="V56" s="6"/>
       <c r="W56" s="6" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="X56" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y56" s="8">
         <v>0.728</v>
       </c>
       <c r="Z56" s="6"/>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="8">
-        <v>564243</v>
+        <v>586273</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="E57" s="6" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F57" s="6"/>
       <c r="G57" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H57" s="6"/>
       <c r="I57" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J57" s="8">
         <v>494</v>
       </c>
       <c r="K57" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L57" s="9">
         <v>2349.0</v>
       </c>
       <c r="M57" s="9">
         <v>2579.0</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O57" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P57" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q57" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R57" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="S57" s="6" t="s">
         <v>238</v>
       </c>
-      <c r="S57" s="6" t="s">
+      <c r="T57" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U57" s="6" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
       <c r="V57" s="6"/>
       <c r="W57" s="6" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="X57" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y57" s="8">
         <v>0.718</v>
       </c>
       <c r="Z57" s="6"/>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="8">
-        <v>565792</v>
+        <v>587241</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="E58" s="6" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="F58" s="6"/>
       <c r="G58" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H58" s="6"/>
       <c r="I58" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J58" s="8">
         <v>494</v>
       </c>
       <c r="K58" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L58" s="9">
         <v>2349.0</v>
       </c>
       <c r="M58" s="9">
         <v>2579.0</v>
       </c>
       <c r="N58" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="O58" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P58" s="6" t="s">
         <v>188</v>
       </c>
-      <c r="O58" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q58" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R58" s="6" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="S58" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="T58" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U58" s="6" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="V58" s="6"/>
       <c r="W58" s="6" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="X58" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y58" s="8">
         <v>0.718</v>
       </c>
       <c r="Z58" s="6"/>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="8">
         <v>532386</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="E59" s="6" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="F59" s="6"/>
       <c r="G59" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H59" s="6"/>
       <c r="I59" s="8">
         <v>2023</v>
       </c>
       <c r="J59" s="8">
         <v>651</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L59" s="9">
         <v>2149.0</v>
       </c>
       <c r="M59" s="9">
         <v>2359.0</v>
       </c>
       <c r="N59" s="6"/>
       <c r="O59" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P59" s="6" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="Q59" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R59" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S59" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="T59" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U59" s="6" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
       <c r="V59" s="6"/>
       <c r="W59" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X59" s="6" t="s">
         <v>123</v>
       </c>
       <c r="Y59" s="8">
         <v>0.637</v>
       </c>
       <c r="Z59" s="6"/>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="8">
-        <v>565395</v>
+        <v>586986</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="E60" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F60" s="6"/>
       <c r="G60" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H60" s="6"/>
       <c r="I60" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J60" s="8">
         <v>61</v>
       </c>
       <c r="K60" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L60" s="9">
         <v>329.0</v>
       </c>
       <c r="M60" s="9">
         <v>359.0</v>
       </c>
       <c r="N60" s="6"/>
       <c r="O60" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P60" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q60" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R60" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S60" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="T60" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U60" s="6" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
       <c r="V60" s="6"/>
       <c r="W60" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X60" s="6" t="s">
         <v>123</v>
       </c>
       <c r="Y60" s="8">
         <v>0.074</v>
       </c>
       <c r="Z60" s="6"/>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="8">
-        <v>581693</v>
+        <v>590482</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="E61" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F61" s="6"/>
       <c r="G61" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H61" s="6"/>
       <c r="I61" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J61" s="8">
         <v>811</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L61" s="9">
         <v>3289.0</v>
       </c>
       <c r="M61" s="9">
         <v>3619.0</v>
       </c>
       <c r="N61" s="6"/>
       <c r="O61" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P61" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q61" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R61" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S61" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="T61" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U61" s="6" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>258</v>
       </c>
       <c r="V61" s="6"/>
       <c r="W61" s="6" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="X61" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y61" s="8">
         <v>0.992</v>
       </c>
       <c r="Z61" s="6"/>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="8">
         <v>563430</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="E62" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F62" s="6"/>
       <c r="G62" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H62" s="6"/>
       <c r="I62" s="8">
         <v>2025</v>
       </c>
       <c r="J62" s="8">
         <v>328</v>
       </c>
       <c r="K62" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L62" s="9">
         <v>1639.0</v>
       </c>
       <c r="M62" s="9">
         <v>1799.0</v>
       </c>
       <c r="N62" s="6"/>
       <c r="O62" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P62" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q62" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R62" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S62" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="T62" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U62" s="6" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
       <c r="V62" s="6"/>
       <c r="W62" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X62" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y62" s="8">
         <v>0.517</v>
       </c>
       <c r="Z62" s="6"/>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="8">
-        <v>568414</v>
+        <v>589161</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E63" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F63" s="6"/>
       <c r="G63" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H63" s="6"/>
       <c r="I63" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J63" s="8">
         <v>703</v>
       </c>
       <c r="K63" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L63" s="9">
         <v>2869.0</v>
       </c>
       <c r="M63" s="9">
         <v>3159.0</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O63" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P63" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q63" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R63" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S63" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="T63" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U63" s="6" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>265</v>
       </c>
       <c r="V63" s="6"/>
       <c r="W63" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X63" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y63" s="8">
         <v>0.863</v>
       </c>
       <c r="Z63" s="6"/>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="8">
-        <v>568416</v>
+        <v>589163</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="E64" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F64" s="6"/>
       <c r="G64" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H64" s="6"/>
       <c r="I64" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J64" s="8">
         <v>702</v>
       </c>
       <c r="K64" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L64" s="9">
         <v>2869.0</v>
       </c>
       <c r="M64" s="9">
         <v>3159.0</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O64" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P64" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q64" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R64" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S64" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="T64" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U64" s="6" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
       <c r="V64" s="6"/>
       <c r="W64" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X64" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y64" s="8">
         <v>0.861</v>
       </c>
       <c r="Z64" s="6"/>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="8">
-        <v>568946</v>
+        <v>589623</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="E65" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F65" s="6"/>
       <c r="G65" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H65" s="6"/>
       <c r="I65" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J65" s="8">
         <v>1090</v>
       </c>
       <c r="K65" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L65" s="9">
         <v>4359.0</v>
       </c>
       <c r="M65" s="9">
         <v>4789.0</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O65" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P65" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q65" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R65" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S65" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="T65" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U65" s="6" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>272</v>
       </c>
       <c r="V65" s="6"/>
       <c r="W65" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X65" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y65" s="8">
         <v>1.326</v>
       </c>
       <c r="Z65" s="6"/>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="8">
-        <v>566404</v>
+        <v>587658</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="E66" s="6" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="F66" s="6"/>
       <c r="G66" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H66" s="6"/>
       <c r="I66" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J66" s="8">
         <v>758</v>
       </c>
       <c r="K66" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L66" s="9">
         <v>3079.0</v>
       </c>
       <c r="M66" s="9">
         <v>3389.0</v>
       </c>
       <c r="N66" s="6"/>
       <c r="O66" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P66" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q66" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R66" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S66" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="T66" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U66" s="6" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>277</v>
       </c>
       <c r="V66" s="6"/>
       <c r="W66" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X66" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y66" s="8">
         <v>0.928</v>
       </c>
       <c r="Z66" s="6"/>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="8">
-        <v>567217</v>
+        <v>588204</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="E67" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F67" s="6"/>
       <c r="G67" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H67" s="6"/>
       <c r="I67" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J67" s="8">
         <v>422</v>
       </c>
       <c r="K67" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L67" s="9">
         <v>2039.0</v>
       </c>
       <c r="M67" s="9">
         <v>2239.0</v>
       </c>
       <c r="N67" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O67" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P67" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q67" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R67" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S67" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="T67" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U67" s="6" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>281</v>
       </c>
       <c r="V67" s="6"/>
       <c r="W67" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X67" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y67" s="8">
         <v>0.631</v>
       </c>
       <c r="Z67" s="6"/>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="8">
-        <v>567335</v>
+        <v>588278</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="E68" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F68" s="6"/>
       <c r="G68" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H68" s="6"/>
       <c r="I68" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J68" s="8">
         <v>435</v>
       </c>
       <c r="K68" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L68" s="9">
         <v>2099.0</v>
       </c>
       <c r="M68" s="9">
         <v>2309.0</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O68" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P68" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q68" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R68" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S68" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="T68" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U68" s="6" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>285</v>
       </c>
       <c r="V68" s="6"/>
       <c r="W68" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X68" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y68" s="8">
         <v>0.647</v>
       </c>
       <c r="Z68" s="6"/>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="8">
-        <v>567670</v>
+        <v>588513</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="E69" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F69" s="6"/>
       <c r="G69" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H69" s="6"/>
       <c r="I69" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J69" s="8">
         <v>433</v>
       </c>
       <c r="K69" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L69" s="9">
         <v>2089.0</v>
       </c>
       <c r="M69" s="9">
         <v>2299.0</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O69" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P69" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q69" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R69" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S69" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="T69" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U69" s="6" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>289</v>
       </c>
       <c r="V69" s="6"/>
       <c r="W69" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X69" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y69" s="8">
         <v>0.645</v>
       </c>
       <c r="Z69" s="6"/>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="8">
-        <v>567881</v>
+        <v>588716</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="6" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="E70" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F70" s="6"/>
       <c r="G70" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H70" s="6"/>
       <c r="I70" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J70" s="8">
         <v>449</v>
       </c>
       <c r="K70" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L70" s="9">
         <v>2159.0</v>
       </c>
       <c r="M70" s="9">
         <v>2369.0</v>
       </c>
       <c r="N70" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O70" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P70" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q70" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R70" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S70" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="T70" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U70" s="6" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>293</v>
       </c>
       <c r="V70" s="6"/>
       <c r="W70" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X70" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y70" s="8">
         <v>0.664</v>
       </c>
       <c r="Z70" s="6"/>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="8">
-        <v>568441</v>
+        <v>589190</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="E71" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F71" s="6"/>
       <c r="G71" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H71" s="6"/>
       <c r="I71" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J71" s="8">
         <v>449</v>
       </c>
       <c r="K71" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L71" s="9">
         <v>2159.0</v>
       </c>
       <c r="M71" s="9">
         <v>2369.0</v>
       </c>
       <c r="N71" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O71" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P71" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q71" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R71" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S71" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="T71" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U71" s="6" t="s">
         <v>296</v>
-      </c>
-[...4 lines deleted...]
-        <v>297</v>
       </c>
       <c r="V71" s="6"/>
       <c r="W71" s="6" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="X71" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y71" s="8">
         <v>0.664</v>
       </c>
       <c r="Z71" s="6"/>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="8">
-        <v>569162</v>
+        <v>589820</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="E72" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F72" s="6"/>
       <c r="G72" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H72" s="6"/>
       <c r="I72" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J72" s="8">
         <v>499</v>
       </c>
       <c r="K72" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L72" s="9">
         <v>2379.0</v>
       </c>
       <c r="M72" s="9">
         <v>2619.0</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O72" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P72" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q72" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R72" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S72" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="T72" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U72" s="6" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>302</v>
       </c>
       <c r="V72" s="6"/>
       <c r="W72" s="6" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="X72" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y72" s="8">
         <v>0.724</v>
       </c>
       <c r="Z72" s="6"/>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="8">
-        <v>567507</v>
+        <v>582420</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="E73" s="6" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="F73" s="6"/>
       <c r="G73" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H73" s="6"/>
       <c r="I73" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J73" s="8">
-        <v>270</v>
+        <v>511</v>
       </c>
       <c r="K73" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L73" s="9">
-        <v>1389.0</v>
+        <v>2429.0</v>
       </c>
       <c r="M73" s="9">
-        <v>1529.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2669.0</v>
+      </c>
+      <c r="N73" s="6"/>
       <c r="O73" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P73" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q73" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R73" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S73" s="6" t="s">
         <v>305</v>
       </c>
       <c r="T73" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U73" s="6" t="s">
         <v>306</v>
       </c>
       <c r="V73" s="6"/>
       <c r="W73" s="6" t="s">
-        <v>51</v>
+        <v>297</v>
       </c>
       <c r="X73" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y73" s="8">
-        <v>0.447</v>
+        <v>0.739</v>
       </c>
       <c r="Z73" s="6"/>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="8">
-        <v>568699</v>
+        <v>588362</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>307</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="6" t="s">
         <v>308</v>
       </c>
       <c r="E74" s="6" t="s">
-        <v>309</v>
+        <v>45</v>
       </c>
       <c r="F74" s="6"/>
       <c r="G74" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H74" s="6"/>
       <c r="I74" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J74" s="8">
-        <v>1263</v>
+        <v>270</v>
       </c>
       <c r="K74" s="6" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="L74" s="9">
-        <v>5019.0</v>
+        <v>1389.0</v>
       </c>
       <c r="M74" s="9">
-        <v>5519.0</v>
+        <v>1529.0</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O74" s="6" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="P74" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q74" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R74" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S74" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="T74" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U74" s="6" t="s">
         <v>310</v>
-      </c>
-[...4 lines deleted...]
-        <v>311</v>
       </c>
       <c r="V74" s="6"/>
       <c r="W74" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X74" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y74" s="8">
-        <v>1.534</v>
+        <v>0.447</v>
       </c>
       <c r="Z74" s="6"/>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="8">
-        <v>569194</v>
+        <v>589425</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="E75" s="6" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="F75" s="6"/>
       <c r="G75" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H75" s="6"/>
       <c r="I75" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J75" s="8">
-        <v>747</v>
+        <v>1263</v>
       </c>
       <c r="K75" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L75" s="9">
-        <v>3039.0</v>
+        <v>5019.0</v>
       </c>
       <c r="M75" s="9">
-        <v>3339.0</v>
+        <v>5519.0</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O75" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P75" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q75" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R75" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="S75" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="T75" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U75" s="6" t="s">
         <v>315</v>
-      </c>
-[...7 lines deleted...]
-        <v>317</v>
       </c>
       <c r="V75" s="6"/>
       <c r="W75" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X75" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y75" s="8">
-        <v>0.915</v>
+        <v>1.534</v>
       </c>
       <c r="Z75" s="6"/>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="8">
-        <v>560721</v>
+        <v>589847</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="6" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="E76" s="6" t="s">
-        <v>33</v>
+        <v>318</v>
       </c>
       <c r="F76" s="6"/>
       <c r="G76" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H76" s="6"/>
       <c r="I76" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J76" s="8">
-        <v>303</v>
+        <v>747</v>
       </c>
       <c r="K76" s="6" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="L76" s="9">
-        <v>1219.0</v>
+        <v>3039.0</v>
       </c>
       <c r="M76" s="9">
-        <v>1339.0</v>
+        <v>3339.0</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O76" s="6" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="P76" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q76" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R76" s="6" t="s">
-        <v>48</v>
+        <v>319</v>
       </c>
       <c r="S76" s="6" t="s">
         <v>320</v>
       </c>
       <c r="T76" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U76" s="6" t="s">
         <v>321</v>
       </c>
       <c r="V76" s="6"/>
       <c r="W76" s="6" t="s">
-        <v>322</v>
+        <v>51</v>
       </c>
       <c r="X76" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y76" s="8">
-        <v>0.487</v>
+        <v>0.915</v>
       </c>
       <c r="Z76" s="6"/>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="8">
-        <v>564106</v>
+        <v>583564</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="6" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="E77" s="6" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F77" s="6"/>
       <c r="G77" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H77" s="6"/>
       <c r="I77" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J77" s="8">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="K77" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L77" s="9">
-        <v>1539.0</v>
+        <v>1219.0</v>
       </c>
       <c r="M77" s="9">
-        <v>1689.0</v>
+        <v>1339.0</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O77" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P77" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q77" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R77" s="6" t="s">
-        <v>129</v>
+        <v>48</v>
       </c>
       <c r="S77" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="T77" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U77" s="6" t="s">
         <v>325</v>
-      </c>
-[...4 lines deleted...]
-        <v>326</v>
       </c>
       <c r="V77" s="6"/>
       <c r="W77" s="6" t="s">
-        <v>51</v>
+        <v>326</v>
       </c>
       <c r="X77" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y77" s="8">
-        <v>0.491</v>
+        <v>0.487</v>
       </c>
       <c r="Z77" s="6"/>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="8">
-        <v>565139</v>
+        <v>586230</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>327</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="6" t="s">
         <v>328</v>
       </c>
       <c r="E78" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F78" s="6"/>
       <c r="G78" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H78" s="6"/>
       <c r="I78" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J78" s="8">
-        <v>783</v>
+        <v>306</v>
       </c>
       <c r="K78" s="6" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="L78" s="9">
-        <v>3179.0</v>
+        <v>1539.0</v>
       </c>
       <c r="M78" s="9">
-        <v>3499.0</v>
-[...1 lines deleted...]
-      <c r="N78" s="6"/>
+        <v>1689.0</v>
+      </c>
+      <c r="N78" s="6" t="s">
+        <v>46</v>
+      </c>
       <c r="O78" s="6" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="P78" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q78" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R78" s="6" t="s">
-        <v>48</v>
+        <v>129</v>
       </c>
       <c r="S78" s="6" t="s">
         <v>329</v>
       </c>
       <c r="T78" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U78" s="6" t="s">
         <v>330</v>
       </c>
       <c r="V78" s="6"/>
       <c r="W78" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X78" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y78" s="8">
-        <v>0.958</v>
+        <v>0.491</v>
       </c>
       <c r="Z78" s="6"/>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="8">
-        <v>566139</v>
+        <v>586789</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="6" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E79" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F79" s="6"/>
       <c r="G79" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H79" s="6"/>
       <c r="I79" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J79" s="8">
-        <v>754</v>
+        <v>783</v>
       </c>
       <c r="K79" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L79" s="9">
-        <v>3069.0</v>
+        <v>3179.0</v>
       </c>
       <c r="M79" s="9">
-        <v>3379.0</v>
+        <v>3499.0</v>
       </c>
       <c r="N79" s="6"/>
       <c r="O79" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P79" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q79" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R79" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S79" s="6" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="T79" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U79" s="6" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="V79" s="6"/>
       <c r="W79" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X79" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y79" s="8">
-        <v>0.924</v>
+        <v>0.958</v>
       </c>
       <c r="Z79" s="6"/>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="8">
-        <v>566140</v>
+        <v>587498</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="6" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E80" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F80" s="6"/>
       <c r="G80" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H80" s="6"/>
       <c r="I80" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J80" s="8">
-        <v>797</v>
+        <v>754</v>
       </c>
       <c r="K80" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L80" s="9">
-        <v>3229.0</v>
+        <v>3069.0</v>
       </c>
       <c r="M80" s="9">
-        <v>3549.0</v>
+        <v>3379.0</v>
       </c>
       <c r="N80" s="6"/>
       <c r="O80" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P80" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q80" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R80" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S80" s="6" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="T80" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U80" s="6" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="V80" s="6"/>
       <c r="W80" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X80" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y80" s="8">
-        <v>0.975</v>
+        <v>0.924</v>
       </c>
       <c r="Z80" s="6"/>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="8">
-        <v>560751</v>
+        <v>587499</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="C81" s="6"/>
       <c r="D81" s="6" t="s">
         <v>338</v>
       </c>
       <c r="E81" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F81" s="6"/>
       <c r="G81" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H81" s="6"/>
       <c r="I81" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J81" s="8">
-        <v>359</v>
+        <v>797</v>
       </c>
       <c r="K81" s="6" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="L81" s="9">
-        <v>1769.0</v>
+        <v>3229.0</v>
       </c>
       <c r="M81" s="9">
-        <v>1949.0</v>
+        <v>3549.0</v>
       </c>
       <c r="N81" s="6"/>
       <c r="O81" s="6" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="P81" s="6" t="s">
-        <v>165</v>
+        <v>47</v>
       </c>
       <c r="Q81" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R81" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S81" s="6" t="s">
         <v>339</v>
       </c>
       <c r="T81" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U81" s="6" t="s">
         <v>340</v>
       </c>
       <c r="V81" s="6"/>
-      <c r="W81" s="6">
-        <v>67.404</v>
+      <c r="W81" s="6" t="s">
+        <v>51</v>
       </c>
       <c r="X81" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y81" s="8">
-        <v>0.555</v>
+        <v>0.975</v>
       </c>
       <c r="Z81" s="6"/>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="8">
-        <v>561342</v>
+        <v>583589</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>43</v>
+        <v>341</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="6" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E82" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F82" s="6"/>
       <c r="G82" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H82" s="6"/>
       <c r="I82" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J82" s="8">
-        <v>450</v>
+        <v>359</v>
       </c>
       <c r="K82" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L82" s="9">
-        <v>2159.0</v>
+        <v>1769.0</v>
       </c>
       <c r="M82" s="9">
-        <v>2369.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1949.0</v>
+      </c>
+      <c r="N82" s="6"/>
       <c r="O82" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P82" s="6" t="s">
-        <v>47</v>
+        <v>164</v>
       </c>
       <c r="Q82" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R82" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S82" s="6" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="T82" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U82" s="6" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="V82" s="6"/>
-      <c r="W82" s="6" t="s">
-        <v>51</v>
+      <c r="W82" s="6">
+        <v>67.404</v>
       </c>
       <c r="X82" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y82" s="8">
+        <v>0.555</v>
+      </c>
+      <c r="Z82" s="6"/>
+    </row>
+    <row r="83" spans="1:26">
+      <c r="A83" s="8">
+        <v>584070</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C83" s="6"/>
+      <c r="D83" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F83" s="6"/>
+      <c r="G83" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H83" s="6"/>
+      <c r="I83" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J83" s="8">
+        <v>450</v>
+      </c>
+      <c r="K83" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83" s="9">
+        <v>2159.0</v>
+      </c>
+      <c r="M83" s="9">
+        <v>2369.0</v>
+      </c>
+      <c r="N83" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="O83" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P83" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q83" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="R83" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="S83" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="T83" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="U83" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="V83" s="6"/>
+      <c r="W83" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="X83" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y83" s="8">
         <v>0.665</v>
       </c>
-      <c r="Z82" s="6"/>
+      <c r="Z83" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>
     <hyperlink ref="G14" r:id="rId_hyperlink_10"/>
     <hyperlink ref="G15" r:id="rId_hyperlink_11"/>
     <hyperlink ref="G16" r:id="rId_hyperlink_12"/>
     <hyperlink ref="G17" r:id="rId_hyperlink_13"/>
     <hyperlink ref="G18" r:id="rId_hyperlink_14"/>
     <hyperlink ref="G19" r:id="rId_hyperlink_15"/>
     <hyperlink ref="G20" r:id="rId_hyperlink_16"/>
     <hyperlink ref="G21" r:id="rId_hyperlink_17"/>
@@ -7147,50 +7227,51 @@
     <hyperlink ref="G58" r:id="rId_hyperlink_54"/>
     <hyperlink ref="G59" r:id="rId_hyperlink_55"/>
     <hyperlink ref="G60" r:id="rId_hyperlink_56"/>
     <hyperlink ref="G61" r:id="rId_hyperlink_57"/>
     <hyperlink ref="G62" r:id="rId_hyperlink_58"/>
     <hyperlink ref="G63" r:id="rId_hyperlink_59"/>
     <hyperlink ref="G64" r:id="rId_hyperlink_60"/>
     <hyperlink ref="G65" r:id="rId_hyperlink_61"/>
     <hyperlink ref="G66" r:id="rId_hyperlink_62"/>
     <hyperlink ref="G67" r:id="rId_hyperlink_63"/>
     <hyperlink ref="G68" r:id="rId_hyperlink_64"/>
     <hyperlink ref="G69" r:id="rId_hyperlink_65"/>
     <hyperlink ref="G70" r:id="rId_hyperlink_66"/>
     <hyperlink ref="G71" r:id="rId_hyperlink_67"/>
     <hyperlink ref="G72" r:id="rId_hyperlink_68"/>
     <hyperlink ref="G73" r:id="rId_hyperlink_69"/>
     <hyperlink ref="G74" r:id="rId_hyperlink_70"/>
     <hyperlink ref="G75" r:id="rId_hyperlink_71"/>
     <hyperlink ref="G76" r:id="rId_hyperlink_72"/>
     <hyperlink ref="G77" r:id="rId_hyperlink_73"/>
     <hyperlink ref="G78" r:id="rId_hyperlink_74"/>
     <hyperlink ref="G79" r:id="rId_hyperlink_75"/>
     <hyperlink ref="G80" r:id="rId_hyperlink_76"/>
     <hyperlink ref="G81" r:id="rId_hyperlink_77"/>
     <hyperlink ref="G82" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="G83" r:id="rId_hyperlink_79"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>