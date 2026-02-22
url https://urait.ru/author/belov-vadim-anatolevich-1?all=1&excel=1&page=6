--- v1 (2026-01-31)
+++ v2 (2026-02-22)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
   <si>
-    <t>31.01.2026</t>
+    <t>23.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -1713,54 +1713,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2025</v>
       </c>
       <c r="J5" s="8">
         <v>274</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1399.0</v>
+        <v>1499.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1539.0</v>
+        <v>1649.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
@@ -1781,54 +1781,54 @@
       <c r="B6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>307</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1549.0</v>
+        <v>1649.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1699.0</v>
+        <v>1809.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
@@ -1851,54 +1851,54 @@
       <c r="B7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2025</v>
       </c>
       <c r="J7" s="8">
         <v>402</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1959.0</v>
+        <v>2089.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2149.0</v>
+        <v>2299.0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6">
@@ -1919,54 +1919,54 @@
       <c r="B8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2025</v>
       </c>
       <c r="J8" s="8">
         <v>383</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1869.0</v>
+        <v>2009.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2059.0</v>
+        <v>2209.0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6">
@@ -1987,54 +1987,54 @@
       <c r="B9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2025</v>
       </c>
       <c r="J9" s="8">
         <v>384</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1879.0</v>
+        <v>2009.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2069.0</v>
+        <v>2209.0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6">
@@ -2055,54 +2055,54 @@
       <c r="B10" s="6" t="s">
         <v>61</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2025</v>
       </c>
       <c r="J10" s="8">
         <v>387</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1889.0</v>
+        <v>2019.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2079.0</v>
+        <v>2219.0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6">
@@ -2123,54 +2123,54 @@
       <c r="B11" s="6" t="s">
         <v>61</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2025</v>
       </c>
       <c r="J11" s="8">
         <v>383</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1869.0</v>
+        <v>2009.0</v>
       </c>
       <c r="M11" s="9">
-        <v>2059.0</v>
+        <v>2209.0</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6">
@@ -2191,54 +2191,54 @@
       <c r="B12" s="6" t="s">
         <v>61</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2025</v>
       </c>
       <c r="J12" s="8">
         <v>385</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1879.0</v>
+        <v>2019.0</v>
       </c>
       <c r="M12" s="9">
-        <v>2069.0</v>
+        <v>2219.0</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>71</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6">
@@ -2259,54 +2259,54 @@
       <c r="B13" s="6" t="s">
         <v>61</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
         <v>2025</v>
       </c>
       <c r="J13" s="8">
         <v>385</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1879.0</v>
+        <v>2019.0</v>
       </c>
       <c r="M13" s="9">
-        <v>2069.0</v>
+        <v>2219.0</v>
       </c>
       <c r="N13" s="6"/>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>73</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6">
@@ -2327,54 +2327,54 @@
       <c r="B14" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
         <v>2025</v>
       </c>
       <c r="J14" s="8">
         <v>383</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>1869.0</v>
+        <v>2009.0</v>
       </c>
       <c r="M14" s="9">
-        <v>2059.0</v>
+        <v>2209.0</v>
       </c>
       <c r="N14" s="6"/>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S14" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>75</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6">
@@ -2395,54 +2395,54 @@
       <c r="B15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>76</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
         <v>2025</v>
       </c>
       <c r="J15" s="8">
         <v>406</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>1969.0</v>
+        <v>2109.0</v>
       </c>
       <c r="M15" s="9">
-        <v>2169.0</v>
+        <v>2319.0</v>
       </c>
       <c r="N15" s="6"/>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>77</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6">
@@ -2463,54 +2463,54 @@
       <c r="B16" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>78</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
         <v>2025</v>
       </c>
       <c r="J16" s="8">
         <v>379</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
-        <v>1859.0</v>
+        <v>1989.0</v>
       </c>
       <c r="M16" s="9">
-        <v>2039.0</v>
+        <v>2189.0</v>
       </c>
       <c r="N16" s="6"/>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S16" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U16" s="6" t="s">
         <v>79</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6">
@@ -2531,54 +2531,54 @@
       <c r="B17" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>82</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
         <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>337</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="9">
-        <v>1679.0</v>
+        <v>1789.0</v>
       </c>
       <c r="M17" s="9">
-        <v>1849.0</v>
+        <v>1969.0</v>
       </c>
       <c r="N17" s="6"/>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S17" s="6" t="s">
         <v>83</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U17" s="6" t="s">
         <v>84</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
@@ -2599,54 +2599,54 @@
       <c r="B18" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>82</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
         <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>323</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L18" s="9">
-        <v>1619.0</v>
+        <v>1729.0</v>
       </c>
       <c r="M18" s="9">
-        <v>1779.0</v>
+        <v>1899.0</v>
       </c>
       <c r="N18" s="6"/>
       <c r="O18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R18" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S18" s="6" t="s">
         <v>83</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U18" s="6" t="s">
         <v>86</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
@@ -2667,54 +2667,54 @@
       <c r="B19" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>87</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>82</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
         <v>2026</v>
       </c>
       <c r="J19" s="8">
         <v>375</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L19" s="9">
-        <v>1839.0</v>
+        <v>1969.0</v>
       </c>
       <c r="M19" s="9">
-        <v>2019.0</v>
+        <v>2169.0</v>
       </c>
       <c r="N19" s="6"/>
       <c r="O19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>83</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>88</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
@@ -2735,54 +2735,54 @@
       <c r="B20" s="6" t="s">
         <v>89</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>90</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="8">
         <v>2026</v>
       </c>
       <c r="J20" s="8">
         <v>451</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L20" s="9">
-        <v>2169.0</v>
+        <v>2319.0</v>
       </c>
       <c r="M20" s="9">
-        <v>2389.0</v>
+        <v>2549.0</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q20" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R20" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S20" s="6" t="s">
         <v>91</v>
       </c>
       <c r="T20" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U20" s="6" t="s">
         <v>92</v>
       </c>
@@ -2805,54 +2805,54 @@
       <c r="B21" s="6" t="s">
         <v>93</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>94</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F21" s="6"/>
       <c r="G21" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="8">
         <v>2026</v>
       </c>
       <c r="J21" s="8">
         <v>463</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L21" s="9">
-        <v>2219.0</v>
+        <v>2379.0</v>
       </c>
       <c r="M21" s="9">
-        <v>2439.0</v>
+        <v>2619.0</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q21" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R21" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S21" s="6" t="s">
         <v>95</v>
       </c>
       <c r="T21" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U21" s="6" t="s">
         <v>96</v>
       </c>
@@ -2875,54 +2875,54 @@
       <c r="B22" s="6" t="s">
         <v>97</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>98</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F22" s="6"/>
       <c r="G22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="8">
         <v>2026</v>
       </c>
       <c r="J22" s="8">
         <v>622</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L22" s="9">
-        <v>2559.0</v>
+        <v>2739.0</v>
       </c>
       <c r="M22" s="9">
-        <v>2809.0</v>
+        <v>3009.0</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q22" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R22" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S22" s="6" t="s">
         <v>100</v>
       </c>
       <c r="T22" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U22" s="6" t="s">
         <v>101</v>
       </c>
@@ -2945,54 +2945,54 @@
       <c r="B23" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>103</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="8">
         <v>2026</v>
       </c>
       <c r="J23" s="8">
         <v>453</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L23" s="9">
-        <v>2179.0</v>
+        <v>2329.0</v>
       </c>
       <c r="M23" s="9">
-        <v>2399.0</v>
+        <v>2559.0</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>104</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>105</v>
       </c>
@@ -3015,54 +3015,54 @@
       <c r="B24" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>106</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F24" s="6"/>
       <c r="G24" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="8">
         <v>2026</v>
       </c>
       <c r="J24" s="8">
         <v>497</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L24" s="9">
-        <v>2369.0</v>
+        <v>2529.0</v>
       </c>
       <c r="M24" s="9">
-        <v>2609.0</v>
+        <v>2779.0</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q24" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R24" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S24" s="6" t="s">
         <v>104</v>
       </c>
       <c r="T24" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U24" s="6" t="s">
         <v>107</v>
       </c>
@@ -3085,54 +3085,54 @@
       <c r="B25" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F25" s="6"/>
       <c r="G25" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H25" s="6"/>
       <c r="I25" s="8">
         <v>2026</v>
       </c>
       <c r="J25" s="8">
         <v>319</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L25" s="9">
-        <v>1599.0</v>
+        <v>1709.0</v>
       </c>
       <c r="M25" s="9">
-        <v>1759.0</v>
+        <v>1879.0</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P25" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q25" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R25" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S25" s="6" t="s">
         <v>104</v>
       </c>
       <c r="T25" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U25" s="6" t="s">
         <v>110</v>
       </c>
@@ -3155,54 +3155,54 @@
       <c r="B26" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>111</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F26" s="6"/>
       <c r="G26" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="8">
         <v>2026</v>
       </c>
       <c r="J26" s="8">
         <v>443</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L26" s="9">
-        <v>2129.0</v>
+        <v>2279.0</v>
       </c>
       <c r="M26" s="9">
-        <v>2339.0</v>
+        <v>2509.0</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q26" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R26" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S26" s="6" t="s">
         <v>104</v>
       </c>
       <c r="T26" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U26" s="6" t="s">
         <v>112</v>
       </c>
@@ -3225,54 +3225,54 @@
       <c r="B27" s="6" t="s">
         <v>113</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>114</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F27" s="6"/>
       <c r="G27" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H27" s="6"/>
       <c r="I27" s="8">
         <v>2026</v>
       </c>
       <c r="J27" s="8">
         <v>443</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L27" s="9">
-        <v>2129.0</v>
+        <v>2279.0</v>
       </c>
       <c r="M27" s="9">
-        <v>2339.0</v>
+        <v>2509.0</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>115</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>116</v>
       </c>
@@ -3295,54 +3295,54 @@
       <c r="B28" s="6" t="s">
         <v>113</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>117</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F28" s="6"/>
       <c r="G28" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H28" s="6"/>
       <c r="I28" s="8">
         <v>2026</v>
       </c>
       <c r="J28" s="8">
         <v>403</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L28" s="9">
-        <v>1959.0</v>
+        <v>2099.0</v>
       </c>
       <c r="M28" s="9">
-        <v>2149.0</v>
+        <v>2309.0</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O28" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q28" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R28" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S28" s="6" t="s">
         <v>115</v>
       </c>
       <c r="T28" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U28" s="6" t="s">
         <v>118</v>
       </c>
@@ -3365,54 +3365,54 @@
       <c r="B29" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>119</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>120</v>
       </c>
       <c r="F29" s="6"/>
       <c r="G29" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H29" s="6"/>
       <c r="I29" s="8">
         <v>2026</v>
       </c>
       <c r="J29" s="8">
         <v>484</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L29" s="9">
-        <v>1859.0</v>
+        <v>1989.0</v>
       </c>
       <c r="M29" s="9">
-        <v>2039.0</v>
+        <v>2189.0</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P29" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q29" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R29" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S29" s="6" t="s">
         <v>121</v>
       </c>
       <c r="T29" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U29" s="6" t="s">
         <v>122</v>
       </c>
@@ -3435,54 +3435,54 @@
       <c r="B30" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>124</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>125</v>
       </c>
       <c r="F30" s="6"/>
       <c r="G30" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H30" s="6"/>
       <c r="I30" s="8">
         <v>2026</v>
       </c>
       <c r="J30" s="8">
         <v>525</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L30" s="9">
-        <v>1999.0</v>
+        <v>2139.0</v>
       </c>
       <c r="M30" s="9">
-        <v>2199.0</v>
+        <v>2349.0</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P30" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q30" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R30" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S30" s="6" t="s">
         <v>121</v>
       </c>
       <c r="T30" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U30" s="6" t="s">
         <v>126</v>
       </c>
@@ -3505,54 +3505,54 @@
       <c r="B31" s="6" t="s">
         <v>127</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>128</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>120</v>
       </c>
       <c r="F31" s="6"/>
       <c r="G31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H31" s="6"/>
       <c r="I31" s="8">
         <v>2026</v>
       </c>
       <c r="J31" s="8">
         <v>336</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L31" s="9">
-        <v>1669.0</v>
+        <v>1789.0</v>
       </c>
       <c r="M31" s="9">
-        <v>1839.0</v>
+        <v>1969.0</v>
       </c>
       <c r="N31" s="6"/>
       <c r="O31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>130</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>131</v>
       </c>
       <c r="V31" s="6"/>
       <c r="W31" s="6" t="s">
@@ -3573,54 +3573,54 @@
       <c r="B32" s="6" t="s">
         <v>132</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
         <v>133</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>120</v>
       </c>
       <c r="F32" s="6"/>
       <c r="G32" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H32" s="6"/>
       <c r="I32" s="8">
         <v>2026</v>
       </c>
       <c r="J32" s="8">
         <v>350</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L32" s="9">
-        <v>1729.0</v>
+        <v>1849.0</v>
       </c>
       <c r="M32" s="9">
-        <v>1899.0</v>
+        <v>2029.0</v>
       </c>
       <c r="N32" s="6"/>
       <c r="O32" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q32" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R32" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S32" s="6" t="s">
         <v>134</v>
       </c>
       <c r="T32" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U32" s="6" t="s">
         <v>135</v>
       </c>
       <c r="V32" s="6"/>
       <c r="W32" s="6" t="s">
@@ -3641,54 +3641,54 @@
       <c r="B33" s="6" t="s">
         <v>136</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>137</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>138</v>
       </c>
       <c r="F33" s="6"/>
       <c r="G33" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H33" s="6"/>
       <c r="I33" s="8">
         <v>2026</v>
       </c>
       <c r="J33" s="8">
         <v>542</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L33" s="9">
-        <v>2559.0</v>
+        <v>2739.0</v>
       </c>
       <c r="M33" s="9">
-        <v>2809.0</v>
+        <v>3009.0</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P33" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q33" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R33" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S33" s="6" t="s">
         <v>139</v>
       </c>
       <c r="T33" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U33" s="6" t="s">
         <v>140</v>
       </c>
@@ -3711,54 +3711,54 @@
       <c r="B34" s="6" t="s">
         <v>141</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
         <v>142</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>138</v>
       </c>
       <c r="F34" s="6"/>
       <c r="G34" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H34" s="6"/>
       <c r="I34" s="8">
         <v>2026</v>
       </c>
       <c r="J34" s="8">
         <v>341</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L34" s="9">
-        <v>1689.0</v>
+        <v>1809.0</v>
       </c>
       <c r="M34" s="9">
-        <v>1859.0</v>
+        <v>1989.0</v>
       </c>
       <c r="N34" s="6"/>
       <c r="O34" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P34" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q34" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R34" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S34" s="6" t="s">
         <v>143</v>
       </c>
       <c r="T34" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U34" s="6" t="s">
         <v>144</v>
       </c>
       <c r="V34" s="6"/>
       <c r="W34" s="6" t="s">
@@ -3779,54 +3779,54 @@
       <c r="B35" s="6" t="s">
         <v>145</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
         <v>146</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F35" s="6"/>
       <c r="G35" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H35" s="6"/>
       <c r="I35" s="8">
         <v>2026</v>
       </c>
       <c r="J35" s="8">
         <v>174</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L35" s="9">
-        <v>779.0</v>
+        <v>839.0</v>
       </c>
       <c r="M35" s="9">
-        <v>859.0</v>
+        <v>919.0</v>
       </c>
       <c r="N35" s="6"/>
       <c r="O35" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>147</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>148</v>
       </c>
       <c r="V35" s="6"/>
       <c r="W35" s="6" t="s">
@@ -3847,54 +3847,54 @@
       <c r="B36" s="6" t="s">
         <v>145</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
         <v>149</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F36" s="6"/>
       <c r="G36" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H36" s="6"/>
       <c r="I36" s="8">
         <v>2026</v>
       </c>
       <c r="J36" s="8">
         <v>179</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L36" s="9">
-        <v>799.0</v>
+        <v>849.0</v>
       </c>
       <c r="M36" s="9">
-        <v>879.0</v>
+        <v>929.0</v>
       </c>
       <c r="N36" s="6"/>
       <c r="O36" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P36" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q36" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R36" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S36" s="6" t="s">
         <v>147</v>
       </c>
       <c r="T36" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U36" s="6" t="s">
         <v>150</v>
       </c>
       <c r="V36" s="6"/>
       <c r="W36" s="6" t="s">
@@ -3915,54 +3915,54 @@
       <c r="B37" s="6" t="s">
         <v>145</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
         <v>151</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F37" s="6"/>
       <c r="G37" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H37" s="6"/>
       <c r="I37" s="8">
         <v>2026</v>
       </c>
       <c r="J37" s="8">
         <v>209</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L37" s="9">
-        <v>899.0</v>
+        <v>969.0</v>
       </c>
       <c r="M37" s="9">
-        <v>989.0</v>
+        <v>1069.0</v>
       </c>
       <c r="N37" s="6"/>
       <c r="O37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P37" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q37" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R37" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S37" s="6" t="s">
         <v>147</v>
       </c>
       <c r="T37" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U37" s="6" t="s">
         <v>152</v>
       </c>
       <c r="V37" s="6"/>
       <c r="W37" s="6" t="s">
@@ -3983,54 +3983,54 @@
       <c r="B38" s="6" t="s">
         <v>153</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
         <v>154</v>
       </c>
       <c r="E38" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F38" s="6"/>
       <c r="G38" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H38" s="6"/>
       <c r="I38" s="8">
         <v>2025</v>
       </c>
       <c r="J38" s="8">
         <v>284</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L38" s="9">
-        <v>1449.0</v>
+        <v>1549.0</v>
       </c>
       <c r="M38" s="9">
-        <v>1589.0</v>
+        <v>1699.0</v>
       </c>
       <c r="N38" s="6"/>
       <c r="O38" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P38" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q38" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R38" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S38" s="6" t="s">
         <v>155</v>
       </c>
       <c r="T38" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U38" s="6" t="s">
         <v>156</v>
       </c>
       <c r="V38" s="6"/>
       <c r="W38" s="6">
@@ -4051,54 +4051,54 @@
       <c r="B39" s="6" t="s">
         <v>153</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
         <v>157</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F39" s="6"/>
       <c r="G39" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H39" s="6"/>
       <c r="I39" s="8">
         <v>2025</v>
       </c>
       <c r="J39" s="8">
         <v>329</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L39" s="9">
-        <v>1639.0</v>
+        <v>1759.0</v>
       </c>
       <c r="M39" s="9">
-        <v>1799.0</v>
+        <v>1929.0</v>
       </c>
       <c r="N39" s="6"/>
       <c r="O39" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>155</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>158</v>
       </c>
       <c r="V39" s="6"/>
       <c r="W39" s="6">
@@ -4119,54 +4119,54 @@
       <c r="B40" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
         <v>159</v>
       </c>
       <c r="E40" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F40" s="6"/>
       <c r="G40" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H40" s="6"/>
       <c r="I40" s="8">
         <v>2026</v>
       </c>
       <c r="J40" s="8">
         <v>211</v>
       </c>
       <c r="K40" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L40" s="9">
-        <v>1129.0</v>
+        <v>1209.0</v>
       </c>
       <c r="M40" s="9">
-        <v>1239.0</v>
+        <v>1329.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O40" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q40" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R40" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S40" s="6" t="s">
         <v>160</v>
       </c>
       <c r="T40" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U40" s="6" t="s">
         <v>161</v>
       </c>
@@ -4189,54 +4189,54 @@
       <c r="B41" s="6" t="s">
         <v>162</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
         <v>163</v>
       </c>
       <c r="E41" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F41" s="6"/>
       <c r="G41" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H41" s="6"/>
       <c r="I41" s="8">
         <v>2024</v>
       </c>
       <c r="J41" s="8">
         <v>308</v>
       </c>
       <c r="K41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L41" s="9">
-        <v>1549.0</v>
+        <v>1659.0</v>
       </c>
       <c r="M41" s="9">
-        <v>1699.0</v>
+        <v>1819.0</v>
       </c>
       <c r="N41" s="6"/>
       <c r="O41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P41" s="6" t="s">
         <v>164</v>
       </c>
       <c r="Q41" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R41" s="6" t="s">
         <v>165</v>
       </c>
       <c r="S41" s="6" t="s">
         <v>166</v>
       </c>
       <c r="T41" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U41" s="6" t="s">
         <v>167</v>
       </c>
       <c r="V41" s="6"/>
       <c r="W41" s="6">
@@ -4257,54 +4257,54 @@
       <c r="B42" s="6" t="s">
         <v>162</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
         <v>168</v>
       </c>
       <c r="E42" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F42" s="6"/>
       <c r="G42" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H42" s="6"/>
       <c r="I42" s="8">
         <v>2024</v>
       </c>
       <c r="J42" s="8">
         <v>312</v>
       </c>
       <c r="K42" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L42" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="M42" s="9">
-        <v>1729.0</v>
+        <v>1849.0</v>
       </c>
       <c r="N42" s="6"/>
       <c r="O42" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P42" s="6" t="s">
         <v>164</v>
       </c>
       <c r="Q42" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R42" s="6" t="s">
         <v>165</v>
       </c>
       <c r="S42" s="6" t="s">
         <v>166</v>
       </c>
       <c r="T42" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U42" s="6" t="s">
         <v>169</v>
       </c>
       <c r="V42" s="6"/>
       <c r="W42" s="6">
@@ -4325,54 +4325,54 @@
       <c r="B43" s="6" t="s">
         <v>170</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>171</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>172</v>
       </c>
       <c r="F43" s="6"/>
       <c r="G43" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H43" s="6"/>
       <c r="I43" s="8">
         <v>2026</v>
       </c>
       <c r="J43" s="8">
         <v>606</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L43" s="9">
-        <v>2499.0</v>
+        <v>2669.0</v>
       </c>
       <c r="M43" s="9">
-        <v>2749.0</v>
+        <v>2939.0</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>173</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>174</v>
       </c>
@@ -4395,54 +4395,54 @@
       <c r="B44" s="6" t="s">
         <v>175</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6" t="s">
         <v>176</v>
       </c>
       <c r="E44" s="6" t="s">
         <v>177</v>
       </c>
       <c r="F44" s="6"/>
       <c r="G44" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H44" s="6"/>
       <c r="I44" s="8">
         <v>2026</v>
       </c>
       <c r="J44" s="8">
         <v>228</v>
       </c>
       <c r="K44" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L44" s="9">
-        <v>1209.0</v>
+        <v>1289.0</v>
       </c>
       <c r="M44" s="9">
-        <v>1329.0</v>
+        <v>1419.0</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O44" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P44" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q44" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R44" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S44" s="6" t="s">
         <v>178</v>
       </c>
       <c r="T44" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U44" s="6" t="s">
         <v>179</v>
       </c>
@@ -4465,54 +4465,54 @@
       <c r="B45" s="6" t="s">
         <v>180</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6" t="s">
         <v>181</v>
       </c>
       <c r="E45" s="6" t="s">
         <v>138</v>
       </c>
       <c r="F45" s="6"/>
       <c r="G45" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H45" s="6"/>
       <c r="I45" s="8">
         <v>2026</v>
       </c>
       <c r="J45" s="8">
         <v>552</v>
       </c>
       <c r="K45" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L45" s="9">
-        <v>2599.0</v>
+        <v>2789.0</v>
       </c>
       <c r="M45" s="9">
-        <v>2859.0</v>
+        <v>3069.0</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O45" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P45" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q45" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R45" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S45" s="6" t="s">
         <v>182</v>
       </c>
       <c r="T45" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U45" s="6" t="s">
         <v>183</v>
       </c>
@@ -4535,54 +4535,54 @@
       <c r="B46" s="6" t="s">
         <v>184</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6" t="s">
         <v>185</v>
       </c>
       <c r="E46" s="6" t="s">
         <v>186</v>
       </c>
       <c r="F46" s="6"/>
       <c r="G46" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H46" s="6"/>
       <c r="I46" s="8">
         <v>2026</v>
       </c>
       <c r="J46" s="8">
         <v>552</v>
       </c>
       <c r="K46" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L46" s="9">
-        <v>2599.0</v>
+        <v>2789.0</v>
       </c>
       <c r="M46" s="9">
-        <v>2859.0</v>
+        <v>3069.0</v>
       </c>
       <c r="N46" s="6" t="s">
         <v>187</v>
       </c>
       <c r="O46" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P46" s="6" t="s">
         <v>188</v>
       </c>
       <c r="Q46" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R46" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S46" s="6" t="s">
         <v>189</v>
       </c>
       <c r="T46" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U46" s="6" t="s">
         <v>190</v>
       </c>
@@ -4605,54 +4605,54 @@
       <c r="B47" s="6" t="s">
         <v>191</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6" t="s">
         <v>192</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F47" s="6"/>
       <c r="G47" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H47" s="6"/>
       <c r="I47" s="8">
         <v>2026</v>
       </c>
       <c r="J47" s="8">
         <v>347</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L47" s="9">
-        <v>1379.0</v>
+        <v>1479.0</v>
       </c>
       <c r="M47" s="9">
-        <v>1519.0</v>
+        <v>1629.0</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>193</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>194</v>
       </c>
@@ -4675,54 +4675,54 @@
       <c r="B48" s="6" t="s">
         <v>191</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6" t="s">
         <v>196</v>
       </c>
       <c r="E48" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F48" s="6"/>
       <c r="G48" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H48" s="6"/>
       <c r="I48" s="8">
         <v>2026</v>
       </c>
       <c r="J48" s="8">
         <v>426</v>
       </c>
       <c r="K48" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L48" s="9">
-        <v>1659.0</v>
+        <v>1769.0</v>
       </c>
       <c r="M48" s="9">
-        <v>1819.0</v>
+        <v>1949.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O48" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q48" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R48" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S48" s="6" t="s">
         <v>193</v>
       </c>
       <c r="T48" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U48" s="6" t="s">
         <v>197</v>
       </c>
@@ -4745,54 +4745,54 @@
       <c r="B49" s="6" t="s">
         <v>191</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6" t="s">
         <v>198</v>
       </c>
       <c r="E49" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F49" s="6"/>
       <c r="G49" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H49" s="6"/>
       <c r="I49" s="8">
         <v>2026</v>
       </c>
       <c r="J49" s="8">
         <v>218</v>
       </c>
       <c r="K49" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L49" s="9">
-        <v>929.0</v>
+        <v>999.0</v>
       </c>
       <c r="M49" s="9">
-        <v>1019.0</v>
+        <v>1099.0</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O49" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P49" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q49" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R49" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S49" s="6" t="s">
         <v>193</v>
       </c>
       <c r="T49" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U49" s="6" t="s">
         <v>199</v>
       </c>
@@ -4815,54 +4815,54 @@
       <c r="B50" s="6" t="s">
         <v>200</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6" t="s">
         <v>201</v>
       </c>
       <c r="E50" s="6" t="s">
         <v>202</v>
       </c>
       <c r="F50" s="6"/>
       <c r="G50" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H50" s="6"/>
       <c r="I50" s="8">
         <v>2026</v>
       </c>
       <c r="J50" s="8">
         <v>376</v>
       </c>
       <c r="K50" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L50" s="9">
-        <v>1839.0</v>
+        <v>1969.0</v>
       </c>
       <c r="M50" s="9">
-        <v>2019.0</v>
+        <v>2169.0</v>
       </c>
       <c r="N50" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O50" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P50" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q50" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R50" s="6" t="s">
         <v>203</v>
       </c>
       <c r="S50" s="6" t="s">
         <v>204</v>
       </c>
       <c r="T50" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U50" s="6" t="s">
         <v>205</v>
       </c>
@@ -4885,54 +4885,54 @@
       <c r="B51" s="6" t="s">
         <v>200</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6" t="s">
         <v>207</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>208</v>
       </c>
       <c r="F51" s="6"/>
       <c r="G51" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H51" s="6"/>
       <c r="I51" s="8">
         <v>2026</v>
       </c>
       <c r="J51" s="8">
         <v>376</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L51" s="9">
-        <v>1839.0</v>
+        <v>1969.0</v>
       </c>
       <c r="M51" s="9">
-        <v>2019.0</v>
+        <v>2169.0</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>187</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>188</v>
       </c>
       <c r="Q51" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R51" s="6" t="s">
         <v>203</v>
       </c>
       <c r="S51" s="6" t="s">
         <v>209</v>
       </c>
       <c r="T51" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U51" s="6" t="s">
         <v>210</v>
       </c>
@@ -4955,54 +4955,54 @@
       <c r="B52" s="6" t="s">
         <v>212</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="6" t="s">
         <v>213</v>
       </c>
       <c r="E52" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F52" s="6"/>
       <c r="G52" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H52" s="6"/>
       <c r="I52" s="8">
         <v>2026</v>
       </c>
       <c r="J52" s="8">
         <v>425</v>
       </c>
       <c r="K52" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L52" s="9">
-        <v>2059.0</v>
+        <v>2199.0</v>
       </c>
       <c r="M52" s="9">
-        <v>2259.0</v>
+        <v>2419.0</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O52" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q52" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R52" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S52" s="6" t="s">
         <v>214</v>
       </c>
       <c r="T52" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U52" s="6" t="s">
         <v>215</v>
       </c>
@@ -5025,54 +5025,54 @@
       <c r="B53" s="6" t="s">
         <v>216</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6" t="s">
         <v>217</v>
       </c>
       <c r="E53" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F53" s="6"/>
       <c r="G53" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H53" s="6"/>
       <c r="I53" s="8">
         <v>2026</v>
       </c>
       <c r="J53" s="8">
         <v>332</v>
       </c>
       <c r="K53" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L53" s="9">
-        <v>1649.0</v>
+        <v>1769.0</v>
       </c>
       <c r="M53" s="9">
-        <v>1809.0</v>
+        <v>1949.0</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O53" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P53" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q53" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R53" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S53" s="6" t="s">
         <v>218</v>
       </c>
       <c r="T53" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U53" s="6" t="s">
         <v>219</v>
       </c>
@@ -5095,54 +5095,54 @@
       <c r="B54" s="6" t="s">
         <v>221</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6" t="s">
         <v>222</v>
       </c>
       <c r="E54" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F54" s="6"/>
       <c r="G54" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H54" s="6"/>
       <c r="I54" s="8">
         <v>2025</v>
       </c>
       <c r="J54" s="8">
         <v>453</v>
       </c>
       <c r="K54" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L54" s="9">
-        <v>2179.0</v>
+        <v>2329.0</v>
       </c>
       <c r="M54" s="9">
-        <v>2399.0</v>
+        <v>2559.0</v>
       </c>
       <c r="N54" s="6"/>
       <c r="O54" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P54" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q54" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R54" s="6" t="s">
         <v>223</v>
       </c>
       <c r="S54" s="6" t="s">
         <v>224</v>
       </c>
       <c r="T54" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U54" s="6" t="s">
         <v>225</v>
       </c>
       <c r="V54" s="6"/>
       <c r="W54" s="6">
@@ -5163,54 +5163,54 @@
       <c r="B55" s="6" t="s">
         <v>226</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6" t="s">
         <v>227</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F55" s="6"/>
       <c r="G55" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H55" s="6"/>
       <c r="I55" s="8">
         <v>2025</v>
       </c>
       <c r="J55" s="8">
         <v>374</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L55" s="9">
-        <v>1839.0</v>
+        <v>1959.0</v>
       </c>
       <c r="M55" s="9">
-        <v>2019.0</v>
+        <v>2149.0</v>
       </c>
       <c r="N55" s="6"/>
       <c r="O55" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P55" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q55" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R55" s="6" t="s">
         <v>223</v>
       </c>
       <c r="S55" s="6" t="s">
         <v>224</v>
       </c>
       <c r="T55" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U55" s="6" t="s">
         <v>228</v>
       </c>
       <c r="V55" s="6"/>
       <c r="W55" s="6">
@@ -5231,54 +5231,54 @@
       <c r="B56" s="6" t="s">
         <v>229</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="6" t="s">
         <v>230</v>
       </c>
       <c r="E56" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F56" s="6"/>
       <c r="G56" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H56" s="6"/>
       <c r="I56" s="8">
         <v>2026</v>
       </c>
       <c r="J56" s="8">
         <v>502</v>
       </c>
       <c r="K56" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L56" s="9">
-        <v>2389.0</v>
+        <v>2559.0</v>
       </c>
       <c r="M56" s="9">
-        <v>2629.0</v>
+        <v>2809.0</v>
       </c>
       <c r="N56" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O56" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P56" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q56" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R56" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S56" s="6" t="s">
         <v>231</v>
       </c>
       <c r="T56" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U56" s="6" t="s">
         <v>232</v>
       </c>
@@ -5301,54 +5301,54 @@
       <c r="B57" s="6" t="s">
         <v>234</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6" t="s">
         <v>235</v>
       </c>
       <c r="E57" s="6" t="s">
         <v>236</v>
       </c>
       <c r="F57" s="6"/>
       <c r="G57" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H57" s="6"/>
       <c r="I57" s="8">
         <v>2026</v>
       </c>
       <c r="J57" s="8">
         <v>494</v>
       </c>
       <c r="K57" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L57" s="9">
-        <v>2349.0</v>
+        <v>2519.0</v>
       </c>
       <c r="M57" s="9">
-        <v>2579.0</v>
+        <v>2769.0</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O57" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P57" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q57" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R57" s="6" t="s">
         <v>237</v>
       </c>
       <c r="S57" s="6" t="s">
         <v>238</v>
       </c>
       <c r="T57" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U57" s="6" t="s">
         <v>239</v>
       </c>
@@ -5371,54 +5371,54 @@
       <c r="B58" s="6" t="s">
         <v>234</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="6" t="s">
         <v>241</v>
       </c>
       <c r="E58" s="6" t="s">
         <v>236</v>
       </c>
       <c r="F58" s="6"/>
       <c r="G58" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H58" s="6"/>
       <c r="I58" s="8">
         <v>2026</v>
       </c>
       <c r="J58" s="8">
         <v>494</v>
       </c>
       <c r="K58" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L58" s="9">
-        <v>2349.0</v>
+        <v>2519.0</v>
       </c>
       <c r="M58" s="9">
-        <v>2579.0</v>
+        <v>2769.0</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>187</v>
       </c>
       <c r="O58" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P58" s="6" t="s">
         <v>188</v>
       </c>
       <c r="Q58" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R58" s="6" t="s">
         <v>237</v>
       </c>
       <c r="S58" s="6" t="s">
         <v>242</v>
       </c>
       <c r="T58" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U58" s="6" t="s">
         <v>243</v>
       </c>
@@ -5441,54 +5441,54 @@
       <c r="B59" s="6" t="s">
         <v>245</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="6" t="s">
         <v>246</v>
       </c>
       <c r="E59" s="6" t="s">
         <v>247</v>
       </c>
       <c r="F59" s="6"/>
       <c r="G59" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H59" s="6"/>
       <c r="I59" s="8">
         <v>2023</v>
       </c>
       <c r="J59" s="8">
         <v>651</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L59" s="9">
-        <v>2149.0</v>
+        <v>2299.0</v>
       </c>
       <c r="M59" s="9">
-        <v>2359.0</v>
+        <v>2529.0</v>
       </c>
       <c r="N59" s="6"/>
       <c r="O59" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P59" s="6" t="s">
         <v>164</v>
       </c>
       <c r="Q59" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R59" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S59" s="6" t="s">
         <v>248</v>
       </c>
       <c r="T59" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U59" s="6" t="s">
         <v>249</v>
       </c>
       <c r="V59" s="6"/>
       <c r="W59" s="6" t="s">
@@ -5509,54 +5509,54 @@
       <c r="B60" s="6" t="s">
         <v>250</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="6" t="s">
         <v>251</v>
       </c>
       <c r="E60" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F60" s="6"/>
       <c r="G60" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H60" s="6"/>
       <c r="I60" s="8">
         <v>2026</v>
       </c>
       <c r="J60" s="8">
         <v>61</v>
       </c>
       <c r="K60" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L60" s="9">
-        <v>329.0</v>
+        <v>349.0</v>
       </c>
       <c r="M60" s="9">
-        <v>359.0</v>
+        <v>379.0</v>
       </c>
       <c r="N60" s="6"/>
       <c r="O60" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P60" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q60" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R60" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S60" s="6" t="s">
         <v>252</v>
       </c>
       <c r="T60" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U60" s="6" t="s">
         <v>253</v>
       </c>
       <c r="V60" s="6"/>
       <c r="W60" s="6" t="s">
@@ -5577,54 +5577,54 @@
       <c r="B61" s="6" t="s">
         <v>254</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="6" t="s">
         <v>255</v>
       </c>
       <c r="E61" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F61" s="6"/>
       <c r="G61" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H61" s="6"/>
       <c r="I61" s="8">
         <v>2026</v>
       </c>
       <c r="J61" s="8">
         <v>811</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L61" s="9">
-        <v>3289.0</v>
+        <v>3519.0</v>
       </c>
       <c r="M61" s="9">
-        <v>3619.0</v>
+        <v>3869.0</v>
       </c>
       <c r="N61" s="6"/>
       <c r="O61" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P61" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q61" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R61" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S61" s="6" t="s">
         <v>256</v>
       </c>
       <c r="T61" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U61" s="6" t="s">
         <v>257</v>
       </c>
       <c r="V61" s="6"/>
       <c r="W61" s="6" t="s">
@@ -5645,54 +5645,54 @@
       <c r="B62" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="6" t="s">
         <v>258</v>
       </c>
       <c r="E62" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F62" s="6"/>
       <c r="G62" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H62" s="6"/>
       <c r="I62" s="8">
         <v>2025</v>
       </c>
       <c r="J62" s="8">
         <v>328</v>
       </c>
       <c r="K62" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L62" s="9">
-        <v>1639.0</v>
+        <v>1749.0</v>
       </c>
       <c r="M62" s="9">
-        <v>1799.0</v>
+        <v>1919.0</v>
       </c>
       <c r="N62" s="6"/>
       <c r="O62" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P62" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q62" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R62" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S62" s="6" t="s">
         <v>259</v>
       </c>
       <c r="T62" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U62" s="6" t="s">
         <v>260</v>
       </c>
       <c r="V62" s="6"/>
       <c r="W62" s="6" t="s">
@@ -5713,54 +5713,54 @@
       <c r="B63" s="6" t="s">
         <v>261</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="6" t="s">
         <v>262</v>
       </c>
       <c r="E63" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F63" s="6"/>
       <c r="G63" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H63" s="6"/>
       <c r="I63" s="8">
         <v>2026</v>
       </c>
       <c r="J63" s="8">
         <v>703</v>
       </c>
       <c r="K63" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L63" s="9">
-        <v>2869.0</v>
+        <v>3069.0</v>
       </c>
       <c r="M63" s="9">
-        <v>3159.0</v>
+        <v>3379.0</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O63" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P63" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q63" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R63" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S63" s="6" t="s">
         <v>263</v>
       </c>
       <c r="T63" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U63" s="6" t="s">
         <v>264</v>
       </c>
@@ -5783,54 +5783,54 @@
       <c r="B64" s="6" t="s">
         <v>261</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="6" t="s">
         <v>265</v>
       </c>
       <c r="E64" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F64" s="6"/>
       <c r="G64" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H64" s="6"/>
       <c r="I64" s="8">
         <v>2026</v>
       </c>
       <c r="J64" s="8">
         <v>702</v>
       </c>
       <c r="K64" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L64" s="9">
-        <v>2869.0</v>
+        <v>3069.0</v>
       </c>
       <c r="M64" s="9">
-        <v>3159.0</v>
+        <v>3379.0</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O64" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P64" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q64" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R64" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S64" s="6" t="s">
         <v>266</v>
       </c>
       <c r="T64" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U64" s="6" t="s">
         <v>267</v>
       </c>
@@ -5853,54 +5853,54 @@
       <c r="B65" s="6" t="s">
         <v>268</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="6" t="s">
         <v>269</v>
       </c>
       <c r="E65" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F65" s="6"/>
       <c r="G65" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H65" s="6"/>
       <c r="I65" s="8">
         <v>2026</v>
       </c>
       <c r="J65" s="8">
         <v>1090</v>
       </c>
       <c r="K65" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L65" s="9">
-        <v>4359.0</v>
+        <v>4659.0</v>
       </c>
       <c r="M65" s="9">
-        <v>4789.0</v>
+        <v>5119.0</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O65" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P65" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q65" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R65" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S65" s="6" t="s">
         <v>270</v>
       </c>
       <c r="T65" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U65" s="6" t="s">
         <v>271</v>
       </c>
@@ -5923,54 +5923,54 @@
       <c r="B66" s="6" t="s">
         <v>272</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="6" t="s">
         <v>273</v>
       </c>
       <c r="E66" s="6" t="s">
         <v>274</v>
       </c>
       <c r="F66" s="6"/>
       <c r="G66" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H66" s="6"/>
       <c r="I66" s="8">
         <v>2026</v>
       </c>
       <c r="J66" s="8">
         <v>758</v>
       </c>
       <c r="K66" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L66" s="9">
-        <v>3079.0</v>
+        <v>3299.0</v>
       </c>
       <c r="M66" s="9">
-        <v>3389.0</v>
+        <v>3629.0</v>
       </c>
       <c r="N66" s="6"/>
       <c r="O66" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P66" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q66" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R66" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S66" s="6" t="s">
         <v>275</v>
       </c>
       <c r="T66" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U66" s="6" t="s">
         <v>276</v>
       </c>
       <c r="V66" s="6"/>
       <c r="W66" s="6" t="s">
@@ -5991,54 +5991,54 @@
       <c r="B67" s="6" t="s">
         <v>277</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6" t="s">
         <v>278</v>
       </c>
       <c r="E67" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F67" s="6"/>
       <c r="G67" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H67" s="6"/>
       <c r="I67" s="8">
         <v>2026</v>
       </c>
       <c r="J67" s="8">
         <v>422</v>
       </c>
       <c r="K67" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L67" s="9">
-        <v>2039.0</v>
+        <v>2189.0</v>
       </c>
       <c r="M67" s="9">
-        <v>2239.0</v>
+        <v>2409.0</v>
       </c>
       <c r="N67" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O67" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P67" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q67" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R67" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S67" s="6" t="s">
         <v>279</v>
       </c>
       <c r="T67" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U67" s="6" t="s">
         <v>280</v>
       </c>
@@ -6061,54 +6061,54 @@
       <c r="B68" s="6" t="s">
         <v>281</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="6" t="s">
         <v>282</v>
       </c>
       <c r="E68" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F68" s="6"/>
       <c r="G68" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H68" s="6"/>
       <c r="I68" s="8">
         <v>2026</v>
       </c>
       <c r="J68" s="8">
         <v>435</v>
       </c>
       <c r="K68" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L68" s="9">
-        <v>2099.0</v>
+        <v>2249.0</v>
       </c>
       <c r="M68" s="9">
-        <v>2309.0</v>
+        <v>2469.0</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O68" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P68" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q68" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R68" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S68" s="6" t="s">
         <v>283</v>
       </c>
       <c r="T68" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U68" s="6" t="s">
         <v>284</v>
       </c>
@@ -6131,54 +6131,54 @@
       <c r="B69" s="6" t="s">
         <v>285</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="6" t="s">
         <v>286</v>
       </c>
       <c r="E69" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F69" s="6"/>
       <c r="G69" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H69" s="6"/>
       <c r="I69" s="8">
         <v>2026</v>
       </c>
       <c r="J69" s="8">
         <v>433</v>
       </c>
       <c r="K69" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L69" s="9">
-        <v>2089.0</v>
+        <v>2239.0</v>
       </c>
       <c r="M69" s="9">
-        <v>2299.0</v>
+        <v>2459.0</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O69" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P69" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q69" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R69" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S69" s="6" t="s">
         <v>287</v>
       </c>
       <c r="T69" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U69" s="6" t="s">
         <v>288</v>
       </c>
@@ -6201,54 +6201,54 @@
       <c r="B70" s="6" t="s">
         <v>289</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="6" t="s">
         <v>290</v>
       </c>
       <c r="E70" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F70" s="6"/>
       <c r="G70" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H70" s="6"/>
       <c r="I70" s="8">
         <v>2026</v>
       </c>
       <c r="J70" s="8">
         <v>449</v>
       </c>
       <c r="K70" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L70" s="9">
-        <v>2159.0</v>
+        <v>2309.0</v>
       </c>
       <c r="M70" s="9">
-        <v>2369.0</v>
+        <v>2539.0</v>
       </c>
       <c r="N70" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O70" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P70" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q70" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R70" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S70" s="6" t="s">
         <v>291</v>
       </c>
       <c r="T70" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U70" s="6" t="s">
         <v>292</v>
       </c>
@@ -6271,54 +6271,54 @@
       <c r="B71" s="6" t="s">
         <v>293</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6" t="s">
         <v>294</v>
       </c>
       <c r="E71" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F71" s="6"/>
       <c r="G71" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H71" s="6"/>
       <c r="I71" s="8">
         <v>2026</v>
       </c>
       <c r="J71" s="8">
         <v>449</v>
       </c>
       <c r="K71" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L71" s="9">
-        <v>2159.0</v>
+        <v>2309.0</v>
       </c>
       <c r="M71" s="9">
-        <v>2369.0</v>
+        <v>2539.0</v>
       </c>
       <c r="N71" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O71" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P71" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q71" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R71" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S71" s="6" t="s">
         <v>295</v>
       </c>
       <c r="T71" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U71" s="6" t="s">
         <v>296</v>
       </c>
@@ -6341,54 +6341,54 @@
       <c r="B72" s="6" t="s">
         <v>298</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="6" t="s">
         <v>299</v>
       </c>
       <c r="E72" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F72" s="6"/>
       <c r="G72" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H72" s="6"/>
       <c r="I72" s="8">
         <v>2026</v>
       </c>
       <c r="J72" s="8">
         <v>499</v>
       </c>
       <c r="K72" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L72" s="9">
-        <v>2379.0</v>
+        <v>2539.0</v>
       </c>
       <c r="M72" s="9">
-        <v>2619.0</v>
+        <v>2789.0</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O72" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P72" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q72" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R72" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S72" s="6" t="s">
         <v>300</v>
       </c>
       <c r="T72" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U72" s="6" t="s">
         <v>301</v>
       </c>
@@ -6411,54 +6411,54 @@
       <c r="B73" s="6" t="s">
         <v>302</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="6" t="s">
         <v>303</v>
       </c>
       <c r="E73" s="6" t="s">
         <v>304</v>
       </c>
       <c r="F73" s="6"/>
       <c r="G73" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H73" s="6"/>
       <c r="I73" s="8">
         <v>2026</v>
       </c>
       <c r="J73" s="8">
         <v>511</v>
       </c>
       <c r="K73" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L73" s="9">
-        <v>2429.0</v>
+        <v>2599.0</v>
       </c>
       <c r="M73" s="9">
-        <v>2669.0</v>
+        <v>2859.0</v>
       </c>
       <c r="N73" s="6"/>
       <c r="O73" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P73" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q73" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R73" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S73" s="6" t="s">
         <v>305</v>
       </c>
       <c r="T73" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U73" s="6" t="s">
         <v>306</v>
       </c>
       <c r="V73" s="6"/>
       <c r="W73" s="6" t="s">
@@ -6479,54 +6479,54 @@
       <c r="B74" s="6" t="s">
         <v>307</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="6" t="s">
         <v>308</v>
       </c>
       <c r="E74" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F74" s="6"/>
       <c r="G74" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H74" s="6"/>
       <c r="I74" s="8">
         <v>2026</v>
       </c>
       <c r="J74" s="8">
         <v>270</v>
       </c>
       <c r="K74" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L74" s="9">
-        <v>1389.0</v>
+        <v>1479.0</v>
       </c>
       <c r="M74" s="9">
-        <v>1529.0</v>
+        <v>1629.0</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O74" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P74" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q74" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R74" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S74" s="6" t="s">
         <v>309</v>
       </c>
       <c r="T74" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U74" s="6" t="s">
         <v>310</v>
       </c>
@@ -6549,54 +6549,54 @@
       <c r="B75" s="6" t="s">
         <v>311</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="6" t="s">
         <v>312</v>
       </c>
       <c r="E75" s="6" t="s">
         <v>313</v>
       </c>
       <c r="F75" s="6"/>
       <c r="G75" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H75" s="6"/>
       <c r="I75" s="8">
         <v>2026</v>
       </c>
       <c r="J75" s="8">
         <v>1263</v>
       </c>
       <c r="K75" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L75" s="9">
-        <v>5019.0</v>
+        <v>5369.0</v>
       </c>
       <c r="M75" s="9">
-        <v>5519.0</v>
+        <v>5909.0</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O75" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P75" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q75" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R75" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S75" s="6" t="s">
         <v>314</v>
       </c>
       <c r="T75" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U75" s="6" t="s">
         <v>315</v>
       </c>
@@ -6619,54 +6619,54 @@
       <c r="B76" s="6" t="s">
         <v>316</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="6" t="s">
         <v>317</v>
       </c>
       <c r="E76" s="6" t="s">
         <v>318</v>
       </c>
       <c r="F76" s="6"/>
       <c r="G76" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H76" s="6"/>
       <c r="I76" s="8">
         <v>2026</v>
       </c>
       <c r="J76" s="8">
         <v>747</v>
       </c>
       <c r="K76" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L76" s="9">
-        <v>3039.0</v>
+        <v>3249.0</v>
       </c>
       <c r="M76" s="9">
-        <v>3339.0</v>
+        <v>3569.0</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O76" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P76" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q76" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R76" s="6" t="s">
         <v>319</v>
       </c>
       <c r="S76" s="6" t="s">
         <v>320</v>
       </c>
       <c r="T76" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U76" s="6" t="s">
         <v>321</v>
       </c>
@@ -6689,54 +6689,54 @@
       <c r="B77" s="6" t="s">
         <v>322</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="6" t="s">
         <v>323</v>
       </c>
       <c r="E77" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F77" s="6"/>
       <c r="G77" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H77" s="6"/>
       <c r="I77" s="8">
         <v>2026</v>
       </c>
       <c r="J77" s="8">
         <v>303</v>
       </c>
       <c r="K77" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L77" s="9">
-        <v>1219.0</v>
+        <v>1309.0</v>
       </c>
       <c r="M77" s="9">
-        <v>1339.0</v>
+        <v>1439.0</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O77" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P77" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q77" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R77" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S77" s="6" t="s">
         <v>324</v>
       </c>
       <c r="T77" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U77" s="6" t="s">
         <v>325</v>
       </c>
@@ -6759,54 +6759,54 @@
       <c r="B78" s="6" t="s">
         <v>327</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="6" t="s">
         <v>328</v>
       </c>
       <c r="E78" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F78" s="6"/>
       <c r="G78" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H78" s="6"/>
       <c r="I78" s="8">
         <v>2026</v>
       </c>
       <c r="J78" s="8">
         <v>306</v>
       </c>
       <c r="K78" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L78" s="9">
-        <v>1539.0</v>
+        <v>1649.0</v>
       </c>
       <c r="M78" s="9">
-        <v>1689.0</v>
+        <v>1809.0</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O78" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P78" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q78" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R78" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S78" s="6" t="s">
         <v>329</v>
       </c>
       <c r="T78" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U78" s="6" t="s">
         <v>330</v>
       </c>
@@ -6829,54 +6829,54 @@
       <c r="B79" s="6" t="s">
         <v>331</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="6" t="s">
         <v>332</v>
       </c>
       <c r="E79" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F79" s="6"/>
       <c r="G79" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H79" s="6"/>
       <c r="I79" s="8">
         <v>2026</v>
       </c>
       <c r="J79" s="8">
         <v>783</v>
       </c>
       <c r="K79" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L79" s="9">
-        <v>3179.0</v>
+        <v>3399.0</v>
       </c>
       <c r="M79" s="9">
-        <v>3499.0</v>
+        <v>3739.0</v>
       </c>
       <c r="N79" s="6"/>
       <c r="O79" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P79" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q79" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R79" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S79" s="6" t="s">
         <v>333</v>
       </c>
       <c r="T79" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U79" s="6" t="s">
         <v>334</v>
       </c>
       <c r="V79" s="6"/>
       <c r="W79" s="6" t="s">
@@ -6897,54 +6897,54 @@
       <c r="B80" s="6" t="s">
         <v>331</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="6" t="s">
         <v>335</v>
       </c>
       <c r="E80" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F80" s="6"/>
       <c r="G80" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H80" s="6"/>
       <c r="I80" s="8">
         <v>2026</v>
       </c>
       <c r="J80" s="8">
         <v>754</v>
       </c>
       <c r="K80" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L80" s="9">
-        <v>3069.0</v>
+        <v>3279.0</v>
       </c>
       <c r="M80" s="9">
-        <v>3379.0</v>
+        <v>3609.0</v>
       </c>
       <c r="N80" s="6"/>
       <c r="O80" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P80" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q80" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R80" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S80" s="6" t="s">
         <v>336</v>
       </c>
       <c r="T80" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U80" s="6" t="s">
         <v>337</v>
       </c>
       <c r="V80" s="6"/>
       <c r="W80" s="6" t="s">
@@ -6965,54 +6965,54 @@
       <c r="B81" s="6" t="s">
         <v>331</v>
       </c>
       <c r="C81" s="6"/>
       <c r="D81" s="6" t="s">
         <v>338</v>
       </c>
       <c r="E81" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F81" s="6"/>
       <c r="G81" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H81" s="6"/>
       <c r="I81" s="8">
         <v>2026</v>
       </c>
       <c r="J81" s="8">
         <v>797</v>
       </c>
       <c r="K81" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L81" s="9">
-        <v>3229.0</v>
+        <v>3459.0</v>
       </c>
       <c r="M81" s="9">
-        <v>3549.0</v>
+        <v>3799.0</v>
       </c>
       <c r="N81" s="6"/>
       <c r="O81" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P81" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q81" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R81" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S81" s="6" t="s">
         <v>339</v>
       </c>
       <c r="T81" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U81" s="6" t="s">
         <v>340</v>
       </c>
       <c r="V81" s="6"/>
       <c r="W81" s="6" t="s">
@@ -7033,54 +7033,54 @@
       <c r="B82" s="6" t="s">
         <v>341</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="6" t="s">
         <v>342</v>
       </c>
       <c r="E82" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F82" s="6"/>
       <c r="G82" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H82" s="6"/>
       <c r="I82" s="8">
         <v>2026</v>
       </c>
       <c r="J82" s="8">
         <v>359</v>
       </c>
       <c r="K82" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L82" s="9">
-        <v>1769.0</v>
+        <v>1889.0</v>
       </c>
       <c r="M82" s="9">
-        <v>1949.0</v>
+        <v>2079.0</v>
       </c>
       <c r="N82" s="6"/>
       <c r="O82" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P82" s="6" t="s">
         <v>164</v>
       </c>
       <c r="Q82" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R82" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S82" s="6" t="s">
         <v>343</v>
       </c>
       <c r="T82" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U82" s="6" t="s">
         <v>344</v>
       </c>
       <c r="V82" s="6"/>
       <c r="W82" s="6">
@@ -7101,54 +7101,54 @@
       <c r="B83" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="6" t="s">
         <v>345</v>
       </c>
       <c r="E83" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F83" s="6"/>
       <c r="G83" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H83" s="6"/>
       <c r="I83" s="8">
         <v>2026</v>
       </c>
       <c r="J83" s="8">
         <v>450</v>
       </c>
       <c r="K83" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L83" s="9">
-        <v>2159.0</v>
+        <v>2319.0</v>
       </c>
       <c r="M83" s="9">
-        <v>2369.0</v>
+        <v>2549.0</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O83" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P83" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q83" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R83" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S83" s="6" t="s">
         <v>346</v>
       </c>
       <c r="T83" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U83" s="6" t="s">
         <v>347</v>
       </c>