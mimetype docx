--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -39,62 +39,62 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/563431</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Белов, В. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Вещные гражданско-правовые формы : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 307 с. — (Высшее образование). — ISBN 978-5-534-00381-9.</w:t>
+        <w:t xml:space="preserve">Вещные гражданско-правовые формы : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 307 с. — (Высшее образование). — ISBN 978-5-534-00381-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561341</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584069</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Гражданское и торговое право (энциклопедический словарь Брокгауза и Ефрона) в 10 т. Том 1. «Абандон» — «Болонский университет» / составитель В. А. Белов. — Москва : Издательство Юрайт, 2025. — 402 с. — (Антология мысли). — ISBN 978-5-534-04717-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -325,582 +325,582 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/563322</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Агарков, М. М. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Гражданское и торговое право: источники, категории, институты, конструкции. Педагогическое наследие в 3 кн. Книга 1 : учебник для вузов / М. М. Агарков ; составитель В. А. Белов. — Москва : Издательство Юрайт, 2025. — 337 с. — (Высшее образование). — ISBN 978-5-534-05370-8.</w:t>
+        <w:t xml:space="preserve">Гражданское и торговое право: источники, категории, институты, конструкции. Педагогическое наследие в 3 кн. Книга 1 : учебник для вузов / М. М. Агарков ; составитель В. А. Белов. — Москва : Издательство Юрайт, 2026. — 337 с. — (Высшее образование). — ISBN 978-5-534-05370-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563886</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586086</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Агарков, М. М. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Гражданское и торговое право: источники, категории, институты, конструкции. Педагогическое наследие. В 3 кн. Книга 2 : учебник для вузов / М. М. Агарков ; составитель В. А. Белов. — Москва : Издательство Юрайт, 2025. — 323 с. — (Высшее образование). — ISBN 978-5-534-05371-5.</w:t>
+        <w:t xml:space="preserve">Гражданское и торговое право: источники, категории, институты, конструкции. Педагогическое наследие. В 3 кн. Книга 2 : учебник для вузов / М. М. Агарков ; составитель В. А. Белов. — Москва : Издательство Юрайт, 2026. — 323 с. — (Высшее образование). — ISBN 978-5-534-05371-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563897</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586099</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Агарков, М. М. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Гражданское и торговое право: источники, категории, институты, конструкции. Педагогическое наследие. В 3 кн. Книга 3 : учебник для вузов / М. М. Агарков ; составитель В. А. Белов. — Москва : Издательство Юрайт, 2025. — 375 с. — (Высшее образование). — ISBN 978-5-534-05372-2.</w:t>
+        <w:t xml:space="preserve">Гражданское и торговое право: источники, категории, институты, конструкции. Педагогическое наследие. В 3 кн. Книга 3 : учебник для вузов / М. М. Агарков ; составитель В. А. Белов. — Москва : Издательство Юрайт, 2026. — 375 с. — (Высшее образование). — ISBN 978-5-534-05372-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/564072</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Гражданское право в 2 т. Том 1. Общая часть : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 451 с. — (Высшее образование). — ISBN 978-5-534-00327-7.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586211</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Гражданское право в 2 т. Том 1. Общая часть : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 451 с. — (Высшее образование). — ISBN 978-5-534-00327-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561537</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Гражданское право в 2 т. Том 2. Особенная часть : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 463 с. — (Высшее образование). — ISBN 978-5-534-00191-4.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584221</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Гражданское право в 2 т. Том 2. Особенная часть : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 463 с. — (Высшее образование). — ISBN 978-5-534-00191-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562403</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Гражданское право в 4 т. Том I. Общая часть. Введение в гражданское право : учебник для вузов / В. А. Белов. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 622 с. — (Высшее образование). — ISBN 978-5-534-03070-9.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584950</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Гражданское право в 4 т. Том I. Общая часть. Введение в гражданское право : учебник для вузов / В. А. Белов. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 622 с. — (Высшее образование). — ISBN 978-5-534-03070-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/580973</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Гражданское право в 4 т. Том II. Общая часть в 2 кн. Книга 1. Лица, блага : учебник для вузов / В. А. Белов. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 453 с. — (Высшее образование). — ISBN 978-5-534-08393-4.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/582643</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Гражданское право в 4 т. Том II. Общая часть в 2 кн. Книга 1. Лица, блага : учебник для вузов / В. А. Белов. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 453 с. — (Высшее образование). — ISBN 978-5-534-08393-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561616</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Гражданское право в 4 т. Том II. Общая часть в 2 кн. Книга 2. Факты + допматериал в ЭБС : учебник для вузов / В. А. Белов. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 497 с. — (Высшее образование). — ISBN 978-5-534-08144-2.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584290</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Гражданское право в 4 т. Том II. Общая часть в 2 кн. Книга 2. Факты + допматериал в ЭБС : учебник для вузов / В. А. Белов. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 497 с. — (Высшее образование). — ISBN 978-5-534-08144-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561617</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Гражданское право в 4 т. Том III. Особенная часть. Абсолютные гражданско-правовые формы. В 2 кн. Книга 1. Формы отношений принадлежности вещей : учебник для вузов / В. А. Белов. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 319 с. — (Высшее образование). — ISBN 978-5-534-03075-4.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584291</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Гражданское право в 4 т. Том III. Особенная часть. Абсолютные гражданско-правовые формы. В 2 кн. Книга 1. Формы отношений принадлежности вещей : учебник для вузов / В. А. Белов. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 319 с. — (Высшее образование). — ISBN 978-5-534-03075-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561595</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Гражданское право в 4 т. Том III. Особенная часть. Абсолютные гражданско-правовые формы. В 2 кн. Книга 2. Права исключительные, личные и наследственные + допматериал в ЭБС : учебник для вузов / В. А. Белов. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 443 с. — (Высшее образование). — ISBN 978-5-534-08148-0.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584270</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Гражданское право в 4 т. Том III. Особенная часть. Абсолютные гражданско-правовые формы. В 2 кн. Книга 2. Права исключительные, личные и наследственные + допматериал в ЭБС : учебник для вузов / В. А. Белов. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 443 с. — (Высшее образование). — ISBN 978-5-534-08148-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561596</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Гражданское право в 4 т. Том IV в 2 кн. Особенная часть. Относительные гражданско-правовые формы. Книга 1. Обязательства + допматериал в ЭБС : учебник для вузов / В. А. Белов. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 443 с. — (Высшее образование). — ISBN 978-5-534-08150-3.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584271</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Гражданское право в 4 т. Том IV в 2 кн. Особенная часть. Относительные гражданско-правовые формы. Книга 1. Обязательства + допматериал в ЭБС : учебник для вузов / В. А. Белов. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 443 с. — (Высшее образование). — ISBN 978-5-534-08150-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561441</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Гражданское право в 4 т. Том IV в 2 кн. Особенная часть. Относительные гражданско-правовые формы. Книга 2. Иные (не являющиеся обязательствами) гражданско-правовые формы + доп. Материал в ЭБС : учебник для вузов / В. А. Белов. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 403 с. — (Высшее образование). — ISBN 978-5-534-08152-7.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584136</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Гражданское право в 4 т. Том IV в 2 кн. Особенная часть. Относительные гражданско-правовые формы. Книга 2. Иные (не являющиеся обязательствами) гражданско-правовые формы + доп. Материал в ЭБС : учебник для вузов / В. А. Белов. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 403 с. — (Высшее образование). — ISBN 978-5-534-08152-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561442</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Гражданское право. Актуальные проблемы теории и практики в 2 т. Том 1 / ответственный редактор В. А. Белов. — 2-е изд., стер. — Москва : Издательство Юрайт, 2025. — 484 с. — (Высшее образование). — ISBN 978-5-534-02221-6.</w:t>
+        <w:t xml:space="preserve">Гражданское право. Актуальные проблемы теории и практики в 2 т. Том 1 / ответственный редактор В. А. Белов. — 2-е изд., стер. — Москва : Издательство Юрайт, 2026. — 484 с. — (Высшее образование). — ISBN 978-5-534-02221-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561678</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Гражданское право. Актуальные проблемы теории и практики в 2 т. Том 2 / В. А. Белов ; ответственный редактор В. А. Белов. — 2-е изд., стер. — Москва : Издательство Юрайт, 2025. — 525 с. — (Высшее образование). — ISBN 978-5-534-02224-7.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584338</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Гражданское право. Актуальные проблемы теории и практики в 2 т. Том 2 / В. А. Белов ; ответственный редактор В. А. Белов. — 2-е изд., стер. — Москва : Издательство Юрайт, 2026. — 525 с. — (Высшее образование). — ISBN 978-5-534-02224-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561679</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584339</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Договоры коммерческого права. Акты частноправовой унификации в системе источников договорного торгового права : учебник для вузов / ответственный редактор В. А. Белов. — Москва : Издательство Юрайт, 2025. — 336 с. — (Высшее образование). — ISBN 978-5-534-14599-1.</w:t>
+        <w:t xml:space="preserve">Договоры коммерческого права. Акты частноправовой унификации в системе источников договорного торгового права : учебник для вузов / ответственный редактор В. А. Белов. — Москва : Издательство Юрайт, 2026. — 336 с. — (Высшее образование). — ISBN 978-5-534-14599-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/568019</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588830</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Договоры коммерческого права. Договор продажи товаров : учебник для вузов / ответственный редактор В. А. Белов. — Москва : Издательство Юрайт, 2025. — 350 с. — (Высшее образование). — ISBN 978-5-534-13475-9.</w:t>
+        <w:t xml:space="preserve">Договоры коммерческого права. Договор продажи товаров : учебник для вузов / ответственный редактор В. А. Белов. — Москва : Издательство Юрайт, 2026. — 350 с. — (Высшее образование). — ISBN 978-5-534-13475-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/567370</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588296</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Договоры коммерческого права. Договорная ответственность в торговом (коммерческом) обороте : учебное пособие для вузов / под редакцией В. А. Белова. — Москва : Издательство Юрайт, 2025. — 542 с. — (Высшее образование). — ISBN 978-5-534-21259-4.</w:t>
+        <w:t xml:space="preserve">Договоры коммерческого права. Договорная ответственность в торговом (коммерческом) обороте : учебное пособие для вузов / под редакцией В. А. Белова. — Москва : Издательство Юрайт, 2026. — 542 с. — (Высшее образование). — ISBN 978-5-534-21259-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/569392</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/590142</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Договоры коммерческого права. Проблемы общей теории торговых договоров : учебник для вузов / под редакцией В. А. Белова. — Москва : Издательство Юрайт, 2025. — 341 с. — (Высшее образование). — ISBN 978-5-534-12554-2.</w:t>
+        <w:t xml:space="preserve">Договоры коммерческого права. Проблемы общей теории торговых договоров : учебник для вузов / под редакцией В. А. Белова. — Москва : Издательство Юрайт, 2026. — 341 с. — (Высшее образование). — ISBN 978-5-534-12554-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/566397</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Занимательная цивилистика в 3 кн. Книга 1 : учебник для вузов / В. А. Белов. — 2-е изд., стер. — Москва : Издательство Юрайт, 2025. — 174 с. — (Высшее образование). — ISBN 978-5-534-09465-7.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/587651</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Занимательная цивилистика в 3 кн. Книга 1 : учебник для вузов / В. А. Белов. — 2-е изд., стер. — Москва : Издательство Юрайт, 2026. — 174 с. — (Высшее образование). — ISBN 978-5-534-09465-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561920</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Занимательная цивилистика в 3 кн. Книга 2 : учебник для вузов / В. А. Белов. — 2-е изд., стер. — Москва : Издательство Юрайт, 2025. — 179 с. — (Высшее образование). — ISBN 978-5-534-09463-3.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584550</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Занимательная цивилистика в 3 кн. Книга 2 : учебник для вузов / В. А. Белов. — 2-е изд., стер. — Москва : Издательство Юрайт, 2026. — 179 с. — (Высшее образование). — ISBN 978-5-534-09463-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562035</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Занимательная цивилистика в 3 кн. Книга 3 : учебник для вузов / В. А. Белов. — 2-е изд., стер. — Москва : Издательство Юрайт, 2025. — 209 с. — (Высшее образование). — ISBN 978-5-534-09467-1.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584646</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Занимательная цивилистика в 3 кн. Книга 3 : учебник для вузов / В. А. Белов. — 2-е изд., стер. — Москва : Издательство Юрайт, 2026. — 209 с. — (Высшее образование). — ISBN 978-5-534-09467-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561951</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584577</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Шершеневич, Г. Ф. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Избранные труды по общей теории права, гражданскому и торговому праву в 2 т. Том 1 / Г. Ф. Шершеневич ; составитель В. А. Белов. — Москва : Издательство Юрайт, 2025. — 284 с. — (Антология мысли). — ISBN 978-5-534-04837-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -923,62 +923,62 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/563315</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Белов, В. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Исключительные права : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 211 с. — (Высшее образование). — ISBN 978-5-534-00470-0.</w:t>
+        <w:t xml:space="preserve">Исключительные права : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 211 с. — (Высшее образование). — ISBN 978-5-534-00470-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561350</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Белов, В. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Кодекс европейского договорного права - European Contract Code. Общий и сравнительно-правовой комментарий в 2 кн. Книга 1 / В. А. Белов. — Москва : Издательство Юрайт, 2024. — 308 с. — (Профессиональные комментарии). — ISBN 978-5-534-02848-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -1001,322 +1001,322 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/537677</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Коммерческое право : учебник для вузов / под общей редакцией Е. А. Абросимовой, В. А. Белова, Б. И. Пугинского. — 7-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 606 с. — (Высшее образование). — ISBN 978-5-534-19860-7.</w:t>
+        <w:t xml:space="preserve">Коммерческое право : учебник для вузов / под общей редакцией Е. А. Абросимовой, В. А. Белова, Б. И. Пугинского. — 7-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 606 с. — (Высшее образование). — ISBN 978-5-534-19860-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/559998</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/582855</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Коммерческое право. Учебно-методический комплекс (схемы и практикум) : учебник для вузов / под общей редакцией Е. А. Абросимовой, В. А. Белова, Т. Э. Сидоровой. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 228 с. — (Высшее образование). — ISBN 978-5-534-15869-4.</w:t>
+        <w:t xml:space="preserve">Коммерческое право. Учебно-методический комплекс (схемы и практикум) : учебник для вузов / под общей редакцией Е. А. Абросимовой, В. А. Белова, Т. Э. Сидоровой. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 228 с. — (Высшее образование). — ISBN 978-5-534-15869-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562530</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Корпоративное право. Актуальные проблемы теории и практики / под редакцией В. А. Белова. — 2-е изд., стер. — Москва : Издательство Юрайт, 2025. — 552 с. — (Высшее образование). — ISBN 978-5-534-03261-1.</w:t>
+        <w:t xml:space="preserve">Корпоративное право. Актуальные проблемы теории и практики / под редакцией В. А. Белова. — 2-е изд., стер. — Москва : Издательство Юрайт, 2026. — 552 с. — (Высшее образование). — ISBN 978-5-534-03261-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/559715</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/582600</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Корпоративное право. Актуальные проблемы теории и практики : учебник для среднего профессионального образования / под общей редакцией В. А. Белова. — 2-е изд., стер. — Москва : Издательство Юрайт, 2025. — 552 с. — (Профессиональное образование). — ISBN 978-5-534-20446-9.</w:t>
+        <w:t xml:space="preserve">Корпоративное право. Актуальные проблемы теории и практики : учебник для среднего профессионального образования / под общей редакцией В. А. Белова. — 2-е изд., стер. — Москва : Издательство Юрайт, 2026. — 552 с. — (Профессиональное образование). — ISBN 978-5-534-20446-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/581418</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Международное торговое право и право ВТО в 3 кн. Книга 1. Понятие и источники международного торгового права. Обычное и конвенционное (договорное) международное торговое право : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 347 с. — (Высшее образование). — ISBN 978-5-534-01912-4.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/590428</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Международное торговое право и право ВТО в 3 кн. Книга 1. Понятие и источники международного торгового права. Обычное и конвенционное (договорное) международное торговое право : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 347 с. — (Высшее образование). — ISBN 978-5-534-01912-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561637</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Международное торговое право и право ВТО в 3 кн. Книга 2. Частноунифицированное международное торговое право : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 426 с. — (Высшее образование). — ISBN 978-5-534-04389-1.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584307</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Международное торговое право и право ВТО в 3 кн. Книга 2. Частноунифицированное международное торговое право : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 426 с. — (Высшее образование). — ISBN 978-5-534-04389-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561638</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Международное торговое право и право ВТО в 3 кн. Книга 3. Наднациональное международное торговое право (право ЕС и ВТО) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 218 с. — (Высшее образование). — ISBN 978-5-534-01914-8.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584308</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Международное торговое право и право ВТО в 3 кн. Книга 3. Наднациональное международное торговое право (право ЕС и ВТО) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 218 с. — (Высшее образование). — ISBN 978-5-534-01914-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561639</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584309</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Абраменков, М. С. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Наследственное право : учебник для вузов / М. С. Абраменков, А. Г. Сараев ; ответственный редактор В. А. Белов. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 376 с. — (Высшее образование). — ISBN 978-5-534-16574-6.</w:t>
+        <w:t xml:space="preserve">Наследственное право : учебник для вузов / М. С. Абраменков, А. Г. Сараев ; ответственный редактор В. А. Белов. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 376 с. — (Высшее образование). — ISBN 978-5-534-16574-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/557244</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/582608</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Абраменков, М. С. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Наследственное право : учебник для среднего профессионального образования / М. С. Абраменков, А. Г. Сараев, В. А. Белов ; ответственный редактор В. А. Белов. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 376 с. — (Профессиональное образование). — ISBN 978-5-534-16573-9.</w:t>
+        <w:t xml:space="preserve">Наследственное право : учебник для среднего профессионального образования / М. С. Абраменков, А. Г. Сараев, В. А. Белов ; ответственный редактор В. А. Белов. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 376 с. — (Профессиональное образование). — ISBN 978-5-534-16573-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/557243</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Обязательственное право : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 425 с. — (Высшее образование). — ISBN 978-5-534-00213-3.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/583998</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Обязательственное право : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 425 с. — (Высшее образование). — ISBN 978-5-534-00213-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561343</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Очерки вещного права : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 332 с. — (Высшее образование). — ISBN 978-5-534-01059-6.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584071</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Очерки вещного права : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 332 с. — (Высшее образование). — ISBN 978-5-534-01059-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/560139</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/583363</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Патриархи российского права. Избранные труды русских правоведов конца XVIII – начала XIX веков. В 2 т. Том 2 / составитель В. А. Белов. — Москва : Издательство Юрайт, 2025. — 453 с. — (Антология мысли). — ISBN 978-5-534-04703-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -1339,738 +1339,764 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/563273</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Белов, В. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Понятие и виды торговых договоров. Курс лекций : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 502 с. — (Высшее образование). — ISBN 978-5-534-00970-5.</w:t>
+        <w:t xml:space="preserve">Понятие и виды торговых договоров. Курс лекций : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 502 с. — (Высшее образование). — ISBN 978-5-534-00970-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561695</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584354</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Правоведение : учебник для вузов / под редакцией В. А. Белова, Е. А. Абросимовой. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 494 с. — (Высшее образование). — ISBN 978-5-534-18241-5.</w:t>
+        <w:t xml:space="preserve">Правоведение : учебник для вузов / под редакцией В. А. Белова, Е. А. Абросимовой. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 494 с. — (Высшее образование). — ISBN 978-5-534-18241-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/564243</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586273</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Правоведение : учебник для среднего профессионального образования / под редакцией В. А. Белова, Е. А. Абросимовой. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 494 с. — (Профессиональное образование). — ISBN 978-5-534-18157-9.</w:t>
+        <w:t xml:space="preserve">Правоведение : учебник для среднего профессионального образования / под редакцией В. А. Белова, Е. А. Абросимовой. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 494 с. — (Профессиональное образование). — ISBN 978-5-534-18157-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/565792</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/587241</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Бевзенко, Р. С. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Практика применения вексельного законодательства Российской Федерации: опыт обобщения и научно-практического комментария : практическое пособие / Р. С. Бевзенко, В. А. Белов ; под общей редакцией В. А. Белова. — Москва : Издательство Юрайт, 2023. — 651 с. — (Профессиональные комментарии). — ISBN 978-5-9916-3529-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/532386</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Белов, В. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Российская наука торгового права в ее литературной истории (материалы к библиографии российской коммерциалистики) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 61 с. — (Высшее образование). — ISBN 978-5-534-09409-1.</w:t>
+        <w:t xml:space="preserve">Российская наука торгового права в ее литературной истории (материалы к библиографии российской коммерциалистики) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 61 с. — (Высшее образование). — ISBN 978-5-534-09409-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/565395</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Свод правил new lex mercatoria. Договорное и обязательственное право. Общая часть / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 811 с. — (Высшее образование). — ISBN 978-5-534-21223-5.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586986</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Свод правил new lex mercatoria. Договорное и обязательственное право. Общая часть / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 811 с. — (Высшее образование). — ISBN 978-5-534-21223-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/581693</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/590482</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Шершеневич, Г. Ф. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Система торговых действий. Критика основных понятий торгового права / Г. Ф. Шершеневич ; составитель В. А. Белов. — Москва : Издательство Юрайт, 2025. — 328 с. — (Антология мысли). — ISBN 978-5-534-06715-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/563430</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Белов, В. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Торговое (коммерческое) право: академический курс. Том I. Понятие. История. Изучение : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 703 с. — (Высшее образование). — ISBN 978-5-534-15678-2.</w:t>
+        <w:t xml:space="preserve">Торговое (коммерческое) право: академический курс. Том I. Понятие. История. Изучение : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 703 с. — (Высшее образование). — ISBN 978-5-534-15678-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/568414</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Торговое (коммерческое) право: академический курс. Том II. Источники. Коммерсанты. Товары. Конкуренция : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 702 с. — (Высшее образование). — ISBN 978-5-534-15680-5.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/589161</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Торговое (коммерческое) право: академический курс. Том II. Источники. Коммерсанты. Товары. Конкуренция : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 702 с. — (Высшее образование). — ISBN 978-5-534-15680-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/568416</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Торговое (коммерческое) право: академический курс. Торговые договоры : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 1090 с. — (Высшее образование). — ISBN 978-5-534-18584-3.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/589163</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Торговое (коммерческое) право: академический курс. Торговые договоры : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 1090 с. — (Высшее образование). — ISBN 978-5-534-18584-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/568946</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Торговое (коммерческое) право: актуальные проблемы теории и практики : учебник для вузов / В. А. Белов ; под редакцией В. А. Белова. — Москва : Издательство Юрайт, 2025. — 758 с. — (Высшее образование). — ISBN 978-5-534-11576-5.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/589623</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Торговое (коммерческое) право: актуальные проблемы теории и практики : учебник для вузов / В. А. Белов ; под редакцией В. А. Белова. — Москва : Издательство Юрайт, 2026. — 758 с. — (Высшее образование). — ISBN 978-5-534-11576-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/566404</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Торговое (коммерческое) право: литературная энциклопедия. Книга 1. До первого свода законов российской империи (1832 г. ) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 422 с. — (Высшее образование). — ISBN 978-5-534-13129-1.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/587658</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Торговое (коммерческое) право: литературная энциклопедия. Книга 1. До первого свода законов российской империи (1832 г. ) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 422 с. — (Высшее образование). — ISBN 978-5-534-13129-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/567217</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Торговое (коммерческое) право: литературная энциклопедия. Книга 2. В преддверии первых концепций частного торгового (коммерческого) права (1832—1870) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 435 с. — (Высшее образование). — ISBN 978-5-534-13472-8.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588204</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Торговое (коммерческое) право: литературная энциклопедия. Книга 2. В преддверии первых концепций частного торгового (коммерческого) права (1832—1870) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 435 с. — (Высшее образование). — ISBN 978-5-534-13472-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/567335</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Торговое (коммерческое) право: литературная энциклопедия. Книга 3. Лешков, Цитович, Малышев, Золотарев, Нерсесов, Мартенс, Табашников, Носенко, Гельбке (1871—1884) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 433 с. — (Высшее образование). — ISBN 978-5-534-13768-2.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588278</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Торговое (коммерческое) право: литературная энциклопедия. Книга 3. Лешков, Цитович, Малышев, Золотарев, Нерсесов, Мартенс, Табашников, Носенко, Гельбке (1871—1884) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 433 с. — (Высшее образование). — ISBN 978-5-534-13768-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/567670</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Торговое (коммерческое) право: литературная энциклопедия. Книга 4. Барац, Цитович, Нерсесов, Башилов, Шершеневич, Гольмстен, Носенко, Гарейс, Загорский (1885 — 1893) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 449 с. — (Высшее образование). — ISBN 978-5-534-14304-1.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588513</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Торговое (коммерческое) право: литературная энциклопедия. Книга 4. Барац, Цитович, Нерсесов, Башилов, Шершеневич, Гольмстен, Носенко, Гарейс, Загорский (1885 — 1893) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 449 с. — (Высшее образование). — ISBN 978-5-534-14304-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/567881</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Торговое (коммерческое) право: литературная энциклопедия. Книга 5. Удинцев, Гольмстен, Нерсесов, Петражицкий, Каминка, Азаревич, Нефедьев, Барац, Шершеневич (1893 — 1899) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 449 с. — (Высшее образование). — ISBN 978-5-534-15815-1.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588716</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Торговое (коммерческое) право: литературная энциклопедия. Книга 5. Удинцев, Гольмстен, Нерсесов, Петражицкий, Каминка, Азаревич, Нефедьев, Барац, Шершеневич (1893 — 1899) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 449 с. — (Высшее образование). — ISBN 978-5-534-15815-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/568441</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Торговое (коммерческое) право: литературная энциклопедия. Книга 6 : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 499 с. — (Высшее образование). — ISBN 978-5-534-19576-7.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/589190</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Торговое (коммерческое) право: литературная энциклопедия. Книга 6 : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 499 с. — (Высшее образование). — ISBN 978-5-534-19576-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/569162</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Торговое (коммерческое) право: основные российские концепции (Jurisprudentia Mercatoria Russica) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 270 с. — (Высшее образование). — ISBN 978-5-534-13711-8.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/589820</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Торговое (коммерческое) право: литературная энциклопедия. Книга 7 / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 511 с. — (Высшее образование). — ISBN 978-5-534-21916-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/567507</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/582420</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Торговое (коммерческое) право: основные российские концепции (Jurisprudentia Mercatoria Russica) : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 270 с. — (Высшее образование). — ISBN 978-5-534-13711-8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId76" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588362</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Нерсесов, Н. О. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Торговое право. Лекции разных лет : учебник для вузов / Н. О. Нерсесов ; составитель В. А. Белов. — Москва : Издательство Юрайт, 2025. — 1263 с. — (Высшее образование). — ISBN 978-5-534-17635-3.</w:t>
-[...10 lines deleted...]
-          <w:t xml:space="preserve">https://urait.ru/bcode/568699</w:t>
+        <w:t xml:space="preserve">Торговое право. Лекции разных лет : учебник для вузов / Н. О. Нерсесов ; составитель В. А. Белов. — Москва : Издательство Юрайт, 2026. — 1263 с. — (Высшее образование). — ISBN 978-5-534-17635-3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId77" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/589425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Нефедьев, Е. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Торговое право. Торговый и конкурсный процесс : учебник для вузов / Е. А. Нефедьев ; под научной редакцией В. А. Белова. — Москва : Издательство Юрайт, 2025. — 747 с. — (Высшее образование). — ISBN 978-5-534-19671-9.</w:t>
-[...10 lines deleted...]
-          <w:t xml:space="preserve">https://urait.ru/bcode/569194</w:t>
+        <w:t xml:space="preserve">Торговое право. Торговый и конкурсный процесс : учебник для вузов / Е. А. Нефедьев ; под научной редакцией В. А. Белова. — Москва : Издательство Юрайт, 2026. — 747 с. — (Высшее образование). — ISBN 978-5-534-19671-9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId78" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/589847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Шершеневич, Г. Ф. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Учебник торгового права : учебник для вузов / Г. Ф. Шершеневич ; составитель В. А. Белов. — Москва : Издательство Юрайт, 2025. — 303 с. — (Высшее образование). — ISBN 978-5-534-08331-6.</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">Ценные бумаги в коммерческом обороте: курс лекций : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 306 с. — (Высшее образование). — ISBN 978-5-534-05424-8.</w:t>
+        <w:t xml:space="preserve">Учебник торгового права : учебник для вузов / Г. Ф. Шершеневич ; составитель В. А. Белов. — Москва : Издательство Юрайт, 2026. — 303 с. — (Высшее образование). — ISBN 978-5-534-08331-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/564106</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Частное право. Материалы для изучения в 3 т. Том 1. Общая часть. Проблемы учения об абсолютных правах : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 783 с. — (Высшее образование). — ISBN 978-5-534-11083-8.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/583564</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ценные бумаги в коммерческом обороте: курс лекций : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 306 с. — (Высшее образование). — ISBN 978-5-534-05424-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/565139</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Частное право. Материалы для изучения в 3 т. Том 2. Проблемы обязательственного и договорного права : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 754 с. — (Высшее образование). — ISBN 978-5-534-11085-2.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586230</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Частное право. Материалы для изучения в 3 т. Том 1. Общая часть. Проблемы учения об абсолютных правах : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 783 с. — (Высшее образование). — ISBN 978-5-534-11083-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/566139</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Частное право. Материалы для изучения в 3 т. Том 3. Конкурентное право. Методология и методика. Разные произведения : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 797 с. — (Высшее образование). — ISBN 978-5-534-11086-9.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586789</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Частное право. Материалы для изучения в 3 т. Том 2. Проблемы обязательственного и договорного права : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 754 с. — (Высшее образование). — ISBN 978-5-534-11085-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/566140</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Что изменилось в Гражданском кодексе? : практическое пособие / В. А. Белов. — 4-е изд., доп. — Москва : Издательство Юрайт, 2025. — 359 с. — (Профессиональные комментарии). — ISBN 978-5-534-12019-6.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/587498</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Частное право. Материалы для изучения в 3 т. Том 3. Конкурентное право. Методология и методика. Разные произведения : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 797 с. — (Высшее образование). — ISBN 978-5-534-11086-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/560751</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Юридические факты в гражданском праве : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2025. — 450 с. — (Высшее образование). — ISBN 978-5-534-00651-3.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/587499</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Что изменилось в Гражданском кодексе? : практическое пособие / В. А. Белов. — 4-е изд., доп. — Москва : Издательство Юрайт, 2026. — 359 с. — (Профессиональные комментарии). — ISBN 978-5-534-12019-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561342</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/583589</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белов, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Юридические факты в гражданском праве : учебник для вузов / В. А. Белов. — Москва : Издательство Юрайт, 2026. — 450 с. — (Высшее образование). — ISBN 978-5-534-00651-3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId85" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584070</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2185,51 +2211,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="Link"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563431" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561341" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563272" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563323" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563316" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563324" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563325" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563326" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563318" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563319" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563320" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563322" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563886" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563897" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564072" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561537" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562403" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/580973" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561616" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561617" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561595" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561596" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561441" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561442" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561678" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561679" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568019" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567370" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/569392" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/566397" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561920" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562035" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561951" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563274" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563315" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561350" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/537676" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/537677" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/559998" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562530" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/559715" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/581418" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561637" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561638" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561639" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/557244" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/557243" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561343" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/560139" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563313" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563273" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561695" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564243" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565792" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/532386" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565395" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/581693" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563430" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568414" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568416" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568946" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/566404" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567217" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567335" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567670" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567881" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568441" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/569162" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567507" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568699" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/569194" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/560721" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564106" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565139" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/566139" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/566140" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/560751" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561342" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563431" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584069" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563272" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563323" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563316" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563324" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563325" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563326" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563318" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563319" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563320" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563322" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586086" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586099" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586211" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584221" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584950" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582643" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584290" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584291" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584270" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584271" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584136" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584137" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584338" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584339" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588830" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588296" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590142" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587651" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584550" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584646" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584577" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563274" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563315" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584077" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/537676" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/537677" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582855" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585075" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582600" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590428" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584307" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584308" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584309" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582608" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583998" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584071" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583363" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563313" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563273" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584354" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586273" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587241" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/532386" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586986" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590482" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563430" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589161" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589163" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589623" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587658" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588204" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588278" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588513" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588716" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589190" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589820" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582420" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588362" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589425" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589847" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583564" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586230" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586789" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587498" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587499" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583589" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584070" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>