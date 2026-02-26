--- v0 (2026-02-05)
+++ v1 (2026-02-26)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
-[...1 lines deleted...]
-    <t>05.02.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+  <si>
+    <t>26.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -190,75 +190,72 @@
   <si>
     <t>60.94я73</t>
   </si>
   <si>
     <t>03.09.2024</t>
   </si>
   <si>
     <t>ПРЕДПРИНИМАТЕЛЬСТВО В ЗДРАВООХРАНЕНИИ 2-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>, Белый Е. М. [и др.] ; под науч. ред. Белого Е.М.</t>
   </si>
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Отраслевой менеджмент</t>
   </si>
   <si>
     <t>Предлагаемый курс впервые комплексно рассматривает проблемы, связанные с организацией предпринимательской деятельности в здравоохранении. В курсе кратко изложены концептуальные и правовые аспекты предпринимательства в здравоохранении, особенности маркетинга, бизнес-планирования и управления качеством в этой сфере. Серьезное внимание уделяется вопросам внедрения инновационных медицинских услуг и методам оценки человеческого капитала медицинской организации. Изложены практические рекомендации по организации предпринимательской деятельности в здравоохранении. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс может быть полезен студентам высших учебных заведений, обучающимся по экономическим направлениям, а также специалистам, работающим в практическом здравоохранении.</t>
   </si>
   <si>
     <t>978-5-534-20103-1</t>
   </si>
   <si>
-    <t>26.07.2024</t>
-[...2 lines deleted...]
-    <t>ЭКОНОМИЧЕСКАЯ БЕЗОПАСНОСТЬ: ВВЕДЕНИЕ В СПЕЦИАЛЬНОСТЬ 3-е изд., пер. и доп. Учебник для вузов</t>
+    <t>10.02.2026</t>
+  </si>
+  <si>
+    <t>Экономическая безопасность: введение в специальность 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Белый Е. М., Романова И. Б., Рожкова Е. В.</t>
   </si>
   <si>
     <t>Государственное и муниципальное управление</t>
   </si>
   <si>
     <t>Национальная и экономическая безопасность</t>
   </si>
   <si>
-    <t>Курс знакомит с содержанием профессии, связанной с экономической безопасностью страны, региона, организации, личности, и с базовыми понятиями экономической безопасности, ее современными проблемами. Речь также идет о компетенциях, которыми должен обладать специалист в области экономической безопасности, возможных сферах и видах деятельности выпускника этой специальности. Представлен краткий обзор правового обеспечения экономической безопасности в Российской Федерации. Издание будет полезно, в первую очередь, студентам начальных курсов, обучающихся по специальности «Экономическая безопасность», а также тем, кто только делает выбор будущей профессии.</t>
-[...2 lines deleted...]
-    <t>978-5-534-19898-0</t>
+    <t>Курс «Экономическая безопасность: введение в специальность» формирует у студентов целостное представление о системе экономической безопасности на уровне государства, организации и личности. В курсе рассматриваются ключевые понятия, функциональная структура и правовые основы безопасности, а также детально изучаются ее основные составляющие в компании. Особое внимание уделяется практической направленности: курс знакомит с актуальными профессиональными стандартами, компетенциями выпускника и широким спектром карьерных траекторий — от служб безопасности банков и внутреннего аудита до судебно-экспертной деятельности и риск-менеджмента. Курс будет полез в первую очередь студентам начальных курсов, обучающихся по специальности «Экономическая безопасность», а также тем, кто только делает выбор будущей профессии.</t>
+  </si>
+  <si>
+    <t>978-5-534-21786-5</t>
   </si>
   <si>
     <t>65я73</t>
-  </si>
-[...1 lines deleted...]
-    <t>60*90/16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
@@ -618,51 +615,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/delovoe-administrirovanie-predprinimatelstva-588552" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-socialnogo-predprinimatelstva-582448" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/predprinimatelstvo-v-zdravoohranenii-589056" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-bezopasnost-vvedenie-v-specialnost-567492" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/delovoe-administrirovanie-predprinimatelstva-588552" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-socialnogo-predprinimatelstva-582448" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/predprinimatelstvo-v-zdravoohranenii-589056" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-bezopasnost-vvedenie-v-specialnost-582069" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -931,51 +928,51 @@
       <c r="Y5" s="8">
         <v>0.34</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
         <v>582448</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>181</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>1069.0</v>
       </c>
       <c r="M6" s="9">
         <v>1179.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>46</v>
       </c>
@@ -1053,113 +1050,115 @@
         <v>55</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.197</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>567492</v>
+        <v>582069</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="9">
-        <v>579.0</v>
+        <v>689.0</v>
       </c>
       <c r="M8" s="9">
-        <v>679.0</v>
-[...1 lines deleted...]
-      <c r="N8" s="6"/>
+        <v>759.0</v>
+      </c>
+      <c r="N8" s="6" t="s">
+        <v>35</v>
+      </c>
       <c r="O8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>64</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>65</v>
       </c>
       <c r="X8" s="6" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="Y8" s="8">
-        <v>0.152</v>
+        <v>0.168</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>