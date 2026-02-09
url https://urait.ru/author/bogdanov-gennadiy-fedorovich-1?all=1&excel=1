--- v0 (2025-12-06)
+++ v1 (2026-02-09)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
-[...1 lines deleted...]
-    <t>07.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+  <si>
+    <t>09.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -206,53 +206,50 @@
     <t>978-5-534-08264-7</t>
   </si>
   <si>
     <t>74.04:85.32я73</t>
   </si>
   <si>
     <t>14.11.2018</t>
   </si>
   <si>
     <t>НАРОДНО-СЦЕНИЧЕСКИЙ ТАНЕЦ. ТЕОРИЯ И ИСТОРИЯ. Учебник для СПО</t>
   </si>
   <si>
     <t>Изучение традиционной русской народной пляски является настоятельной необходимостью, которая определяется не только развитием хореографического искусства. Художественным руководителям театральных коллективов, творческим работникам кино, телевидения приходится воссоздавать исторические картины русской жизни, показывать быт русского народа, вводить в действие подлинные народные гуляния, обряды, пляски. Все это требует углубленных познаний в области русского традиционного хореографического фольклора, умения передавать его живые черты и приметы. Настоящий курс посвящен таким вопросам, как опыт отечественного хореографического образования, истоки хореографического образования, народное плясовое искусство на сцене, сценическая интерпретация плясового фольклора и другим вопросам и темам.</t>
   </si>
   <si>
     <t>978-5-534-10450-9</t>
   </si>
   <si>
     <t>85.325.2я723</t>
   </si>
   <si>
     <t>17.04.2020</t>
   </si>
   <si>
     <t>НАРОДНЫЙ ТАНЕЦ 2-е изд., испр. и доп. Учебник и практикум для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> Г. Ф. Богданов.</t>
   </si>
   <si>
     <t>Хореографический фольклор России, по мнению специалистов, работающих над новой редакцией Конституции РФ, является национальным достоянием. Государство обязано бережно сохранять наследие, созданное нашими великими предками, пропагандировать и всячески способствовать его развитию. Поэтому изучение фольклора народов Российской Федерации является настоятельной необходимостью не только в учреждениях среднего профессионального образования, но и в высших учебных заведениях культуры и искусств.</t>
   </si>
   <si>
     <t>978-5-534-13571-8</t>
   </si>
   <si>
     <t>08.04.2020</t>
   </si>
   <si>
     <t>ОСНОВЫ НАРОДНОЙ ХОРЕОГРАФИИ: РУССКИЙ ХОРЕОГРАФИЧЕСКИЙ ФОЛЬКЛОР 2-е изд., испр. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>978-5-534-12998-4</t>
   </si>
   <si>
     <t>14.09.2018</t>
   </si>
   <si>
     <t>ОСНОВЫ ПРЕПОДАВАНИЯ ХОРЕОГРАФИЧЕСКИХ ДИСЦИПЛИН. Учебник для СПО</t>
   </si>
   <si>
     <t>978-5-534-09815-0</t>
   </si>
@@ -651,51 +648,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-i-praktika-samodeyatelnogo-plyasovogo-tvorchestva-561878" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-i-praktika-samodeyatelnogo-plyasovogo-tvorchestva-568150" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-pedagogicheskogo-rukovodstva-horeograficheskim-lyubitelskim-kollektivom-565047" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/narodno-scenicheskiy-tanec-teoriya-i-istoriya-565372" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/narodnyy-tanec-556335" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-narodnoy-horeografii-russkiy-horeograficheskiy-folklor-556334" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-prepodavaniya-horeograficheskih-disciplin-565061" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-narodnyy-tanec-teoriya-i-istoriya-561879" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-i-praktika-samodeyatelnogo-plyasovogo-tvorchestva-584517" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-i-praktika-samodeyatelnogo-plyasovogo-tvorchestva-588950" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-pedagogicheskogo-rukovodstva-horeograficheskim-lyubitelskim-kollektivom-586737" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/narodno-scenicheskiy-tanec-teoriya-i-istoriya-586975" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/narodnyy-tanec-588106" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-narodnoy-horeografii-russkiy-horeograficheskiy-folklor-584516" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-prepodavaniya-horeograficheskih-disciplin-586745" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-narodnyy-tanec-teoriya-i-istoriya-584518" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -876,597 +873,597 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>561878</v>
+        <v>584517</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>292</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1479.0</v>
+        <v>1589.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1629.0</v>
+        <v>1749.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y5" s="8">
         <v>0.474</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>568150</v>
+        <v>588950</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>292</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1479.0</v>
+        <v>1589.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1629.0</v>
+        <v>1749.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y6" s="8">
         <v>0.474</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>565047</v>
+        <v>586737</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>152</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>879.0</v>
+        <v>939.0</v>
       </c>
       <c r="M7" s="9">
-        <v>969.0</v>
+        <v>1029.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y7" s="8">
         <v>0.304</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>565372</v>
+        <v>586975</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>167</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>939.0</v>
+        <v>1009.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1029.0</v>
+        <v>1109.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y8" s="8">
         <v>0.322</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>556335</v>
+        <v>588106</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>341</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1689.0</v>
+        <v>1809.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1859.0</v>
+        <v>1989.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y9" s="8">
         <v>0.533</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>556334</v>
+        <v>584516</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>341</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1689.0</v>
+        <v>1809.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1859.0</v>
+        <v>1989.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y10" s="8">
         <v>0.533</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>565061</v>
+        <v>586745</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>152</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>879.0</v>
+        <v>939.0</v>
       </c>
       <c r="M11" s="9">
-        <v>969.0</v>
+        <v>1029.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y11" s="8">
         <v>0.304</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>561879</v>
+        <v>584518</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>167</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>939.0</v>
+        <v>1009.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1029.0</v>
+        <v>1109.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y12" s="8">
         <v>0.322</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
   </hyperlinks>