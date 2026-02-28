--- v1 (2026-01-17)
+++ v2 (2026-02-28)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
-[...1 lines deleted...]
-    <t>17.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+  <si>
+    <t>01.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -169,69 +169,72 @@
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>УГОЛОВНОЕ ПРАВО. ОБЩАЯ И ОСОБЕННАЯ ЧАСТИ. ПРАКТИКУМ 5-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Учебное пособие охватывает все темы, включенные в курс уголовного права. Практикум предназначен для использования на практических занятиях в целях изучения и закрепления положений Общей и Особенной частей уголовного права. Подбор задач и постановка вопросов к ним направлены на более глубокое усвоение учебного материала, развитие навыков анализа обстоятельств уголовного дела, применения уголовно-правовых норм. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по специальностям «Юриспруденция», «Юриспруденция (учитель права)», «Правоохранительная деятельность», «Судебная экспертиза», «Юриспруденция (бакалавр)», а также для юридических учебных заведений.</t>
   </si>
   <si>
     <t>978-5-534-18192-0</t>
   </si>
   <si>
     <t>67.408я723</t>
   </si>
   <si>
     <t>07.06.2023</t>
   </si>
   <si>
-    <t>УГОЛОВНОЕ ПРАВО. ОБЩАЯ ЧАСТЬ 7-е изд., пер. и доп. Учебник для вузов</t>
+    <t>УГОЛОВНОЕ ПРАВО. ОБЩАЯ ЧАСТЬ 7-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Боровиков В. Б., Смердов А. А. ; Под ред. Боровикова В.Б.</t>
   </si>
   <si>
-    <t>В курсе с учетом последних изменений в уголовном законодательстве и судебной практике в лаконичной и доступной форме изложены основные понятия, положения и институты, относящиеся к Общей части российского уголовного права учебного курса «Уголовное право». Материал изложен в соответствии со структурой Уголовного кодекса Российской Федерации. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов вузов юридического профиля, сотрудников правоохранительных органов и лиц, интересующихся вопросами уголовного права.</t>
-[...7 lines deleted...]
-  <si>
     <t>В курсе с учетом последних изменений в уголовном законодательстве и судебной практике в лаконичной и доступной для читателя форме изложены основные понятия, положения и институты, относящиеся к Общей части российского уголовного права учебного курса «Уголовное право». Материал изложен в соответствии со структурой Уголовного кодекса РФ. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования юридического профиля, сотрудников правоохранительных органов и лиц, интересующихся вопросами уголовного права.</t>
   </si>
   <si>
     <t>978-5-534-19803-4</t>
+  </si>
+  <si>
+    <t>27.01.2026</t>
+  </si>
+  <si>
+    <t>УГОЛОВНОЕ ПРАВО. ОБЩАЯ ЧАСТЬ 8-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Курс формирует системные знания об основах уголовного права и их применении. Рассматриваются ключевые институты: понятие и состав преступления, стадии и соучастие, обстоятельства, исключающие преступность деяния, система наказаний и освобождение от ответственности. Особое внимание уделяется современной судебной практике и актуальным вопросам правоприменения. Результами обучения является приобретение умений анализировать состав преступления, квалифицировать деяния, применять нормы Общей части УК РФ. Курс включает интерактивные тесты, практические задания, что обеспечивает глубокое усвоение материала. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов вузов юридического профиля, сотрудников правоохранительных органов и лиц, интересующихся вопросами уголовного права.</t>
+  </si>
+  <si>
+    <t>978-5-534-21857-2</t>
   </si>
   <si>
     <t>12.07.2023</t>
   </si>
   <si>
     <t>УГОЛОВНОЕ ПРАВО. ОСОБЕННАЯ ЧАСТЬ 7-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В издании с учетом последних изменений в уголовном законодательстве и судебной практике в лаконичной и доступной для читателя форме изложены основные понятия, положения и институты, относящиеся к Особенной части российского уголовного права учебного курса «Уголовное право». Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов вузов юридического профиля, сотрудников правоохранительных органов и лиц, интересующихся вопросами уголовного права.</t>
   </si>
   <si>
     <t>978-5-534-20004-1</t>
   </si>
   <si>
     <t>УГОЛОВНОЕ ПРАВО. ОСОБЕННАЯ ЧАСТЬ 7-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>В издании с учетом последних изменений в уголовном законодательстве и судебной практике в лаконичной и доступной для читателя форме изложены основные понятия, положения и институты, относящиеся к Особенной части российского уголовного права учебного курса «Уголовное право». Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования юридического профиля, сотрудников правоохранительных органов и лиц, интересующихся вопросами уголовного права.</t>
   </si>
   <si>
     <t>978-5-534-20006-5</t>
   </si>
 </sst>
 </file>
 
@@ -612,51 +615,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-obschaya-i-osobennaya-chasti-praktikum-559671" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-obschaya-i-osobennaya-chasti-praktikum-560879" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-obschaya-chast-561008" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-obschaya-chast-560878" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-557446" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-557447" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-obschaya-i-osobennaya-chasti-praktikum-582567" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-obschaya-i-osobennaya-chasti-praktikum-583698" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-obschaya-chast-583697" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-obschaya-chast-582310" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-583808" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-583741" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -837,455 +840,455 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>559671</v>
+        <v>582567</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>375</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1839.0</v>
+        <v>1969.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2019.0</v>
+        <v>2169.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.574</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>560879</v>
+        <v>583698</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>375</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1839.0</v>
+        <v>1969.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2019.0</v>
+        <v>2169.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.574</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>561008</v>
+        <v>583697</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>243</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.414</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>560878</v>
+        <v>582310</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
-        <v>243</v>
+        <v>263</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
-        <v>0.414</v>
+        <v>0.438</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>557446</v>
+        <v>583808</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>479</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>2289.0</v>
+        <v>2449.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2519.0</v>
+        <v>2689.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.701</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>557447</v>
+        <v>583741</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>479</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>2289.0</v>
+        <v>2449.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2519.0</v>
+        <v>2689.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.701</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>