--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
-[...1 lines deleted...]
-    <t>14.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+  <si>
+    <t>29.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -154,87 +154,87 @@
   <si>
     <t>Культура. Культурология</t>
   </si>
   <si>
     <t>В учебнике рассмотрены история мировой культуры в разные периоды (первобытная эпоха, древние цивилизации, античный мир, Средневековье, Новое время, современность, отдельно дана история русской культуры). Коротко, но емко даны особенности этапов исторического развития культуры, особенности современной культуры (мировой и отечественной). К каждой главе приведены контрольные вопросы и дополнительная литература. Основной материал дополнен словником, в котором даны определения основных культурологических понятий и терминов.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-09540-1</t>
   </si>
   <si>
     <t>71я723</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>26.11.2024</t>
   </si>
   <si>
     <t>КУЛЬТУРА И ПОЛИТИЧЕСКИЕ СИСТЕМЫ СТРАН ВОСТОКА 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Е. П. Борзова,  И. И. Бурдукова,  А. А. Ковалев.</t>
+    <t>Борзова Е. П., Бурдукова И. И., Ковалев А. А.</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>В курсе отражены основные этапы и наиболее значительные моменты в развитии культуры стран Востока (Китая, Индии, Кореи, Японии, Израиля, государств мусульманского мира), которые во многом предопределили развитие политического процесса и становление политических систем этих государств. Изучение особенностей культур различных народов, самобытных традиций помогает лучшему взаимопониманию, способствует взаимодействию между народами в современном противоречивом и таком хрупком мире. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс предназначен для студентов вузов, изучающих политологию, культурологию, страноведение и для всех тех, кто интересуется культурами мира.</t>
   </si>
   <si>
     <t>978-5-534-20903-7</t>
   </si>
   <si>
     <t>71я73</t>
   </si>
   <si>
     <t>31.03.2017</t>
   </si>
   <si>
     <t>КУЛЬТУРОЛОГИЯ 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В учебнике рассмотрены проблемы теории культуры, методов ее изучения, даны особенности этапов исторического развития культуры, современной культуры (мировой и отечественной), социологии и семиотики культуры, межкультурных коммуникаций и культуры повседневности. Освещены вопросы, связанные с практическим значением культурологии. К каждой главе приведены контрольные вопросы и дополнительная литература. Основной материал дополнен словником, в котором даны определения основных культурологических понятий и терминов. Учебник состоит из двух частей. В первой части раскрыты вопросы теоретической культурологии: понимание культуры, ее связь с обществом, личностью, культура общения, повседневности и т.д. Во второй части приведена история культуры в разные периоды (первобытная эпоха, древние цивилизации, античный мир, Средневековье, Новое время, современность, отдельно дана история русской культуры), раскрыты вопросы практической культурологии.</t>
   </si>
   <si>
     <t>978-5-534-16402-2</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>ПОЛИТИЧЕСКИЕ СИСТЕМЫ В СТРАНАХ АТР 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Е. П. Борзова.</t>
+    <t>Борзова Е. П.</t>
   </si>
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Общественные науки</t>
   </si>
   <si>
     <t>Политология. Обществознание</t>
   </si>
   <si>
     <t>В курсе кратко изложена эволюция политических систем отдельных стран АТР. Динамика развития политических систем отдельных государств рассматривается на широком историческом и политологическом материале, раскрывается ее обусловленность историческими факторами, культурой, традициями, особенностями географического положения, менталитетом народов, населяющих государство. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс предназначен для студентов, изучающих политологию и страноведение, и всех интересующихся историей, культурой, социологией и политикой.</t>
   </si>
   <si>
     <t>978-5-534-20687-6</t>
   </si>
   <si>
     <t>66я73</t>
   </si>
   <si>
     <t>ПОЛИТИЧЕСКИЕ СИСТЕМЫ ЗАПАДНЫХ СТРАН 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Борзова Е. П., Бурдукова И. И.</t>
   </si>
@@ -242,53 +242,50 @@
     <t>В курсе кратко изложена эволюция политических систем отдельных западных стран. Динамика развития политических систем отдельных государств рассматривается на широком историческом и политологическом материале, раскрывается ее обусловленность историческими факторами, культурой, традициями, особенностями географического положения, менталитетом народов, населяющих государство. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс предназначен для студентов, изучающих политологию и страноведение, и всех интересующихся историей, культурой, социологией и политикой.</t>
   </si>
   <si>
     <t>978-5-534-20686-9</t>
   </si>
   <si>
     <t>07.12.2020</t>
   </si>
   <si>
     <t>ПОЛИТИЧЕСКИЕ СИСТЕМЫ И КУЛЬТУРЫ СТРАН МИРОВОГО СООБЩЕСТВА 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Борзова Е. П., Бурдукова И. И. ; под науч. ред. Борзовой Е.П.</t>
   </si>
   <si>
     <t>В курсе кратко представлена теория политической системы и изложена эволюция политических систем отдельных стран мирового сообщества. Динамика развития политических систем отдельных государств рассматривается на широком историческом и политологическом материале, раскрывается ее обусловленность историческими факторами, культурой, традициями, особенностями географического положения, менталитетом народов, населяющих государство. В курсе также прослежена эволюция политических систем в XX веке и активная динамика мирового политического процесса в XXI веке. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Курс предназначен для студентов, изучающих политологию и страноведение, и всех интересующихся историей, культурой, социологией и политикой.</t>
   </si>
   <si>
     <t>978-5-534-13659-3</t>
   </si>
   <si>
     <t>24.01.2020</t>
   </si>
   <si>
     <t>СРАВНИТЕЛЬНАЯ КУЛЬТУРОЛОГИЯ 2-е изд., пер. и доп. Учебник для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t>Борзова Е. П.</t>
   </si>
   <si>
     <t>Учебник содержит наиболее полное изложение и сравнительный анализ основных научных концепций развития культуры. В книге систематически изложена целостная концепция сравнительной культурологии. Используя системно-сравнительный метод, автор раскрывает общие черты и своеобразие региональных и исторических культурных систем. Культура как исторический феномен, с точки зрения историко-сравнительного подхода, рассматривается, начиная с первобытных обществ до настоящего времени. В работе также представлен анализ футурологичеких точек зрения на дальнейшее развитие мира. Содержание учебника соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов гуманитарных факультетов вузов, а также для всех интересующихся культурологией, историей и философией культуры.</t>
   </si>
   <si>
     <t>978-5-534-12660-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -654,51 +651,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-mirovoy-kultury-563239" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kultura-i-politicheskie-sistemy-stran-vostoka-558971" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kulturologiya-568514" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politicheskie-sistemy-v-stranah-atr-559324" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politicheskie-sistemy-zapadnyh-stran-559323" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politicheskie-sistemy-i-kultury-stran-mirovogo-soobschestva-563710" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sravnitelnaya-kulturologiya-563709" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-mirovoy-kultury-585589" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kultura-i-politicheskie-sistemy-stran-vostoka-585933" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kulturologiya-589259" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politicheskie-sistemy-v-stranah-atr-590125" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politicheskie-sistemy-zapadnyh-stran-590124" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politicheskie-sistemy-i-kultury-stran-mirovogo-soobschestva-585935" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sravnitelnaya-kulturologiya-585932" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -879,69 +876,69 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>563239</v>
+        <v>585589</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>256</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>1329.0</v>
       </c>
       <c r="M5" s="9">
         <v>1459.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
@@ -949,69 +946,69 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.43</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>558971</v>
+        <v>585933</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>363</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>1789.0</v>
       </c>
       <c r="M6" s="9">
         <v>1969.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
@@ -1019,69 +1016,69 @@
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.56</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>568514</v>
+        <v>589259</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>495</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
         <v>2359.0</v>
       </c>
       <c r="M7" s="9">
         <v>2589.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
@@ -1089,69 +1086,69 @@
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.72</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>559324</v>
+        <v>590125</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>143</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="9">
         <v>719.0</v>
       </c>
       <c r="M8" s="9">
         <v>789.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>60</v>
       </c>
@@ -1159,69 +1156,69 @@
         <v>61</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>64</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.191</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>559323</v>
+        <v>590124</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>378</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
         <v>1849.0</v>
       </c>
       <c r="M9" s="9">
         <v>2029.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>60</v>
       </c>
@@ -1229,69 +1226,69 @@
         <v>61</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.578</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>563710</v>
+        <v>585935</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>579</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
         <v>2719.0</v>
       </c>
       <c r="M10" s="9">
         <v>2989.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>60</v>
       </c>
@@ -1299,105 +1296,105 @@
         <v>61</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>73</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>64</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.822</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>563709</v>
+        <v>585932</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>555</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
         <v>2619.0</v>
       </c>
       <c r="M11" s="9">
         <v>2879.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.793</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>