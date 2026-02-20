--- v0 (2025-12-25)
+++ v1 (2026-02-20)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
-    <t>25.12.2025</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -172,51 +172,51 @@
   <si>
     <t>ФИЗИЧЕСКОЕ ВОСПИТАНИЕ В ОБРАЗОВАТЕЛЬНЫХ УЧРЕЖДЕНИЯХ 3-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В данном курсе представлены материалы об организационных, исторических, естественно-научных и методических основах физической культуры. Особое внимание уделяется рассмотрению составляющих здорового образа жизни на основе теории ортобиоза И. И. Мечникова. Отдельный раздел посвящен характеристике популярных в студенческой среде видов спорта. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20652-4</t>
   </si>
   <si>
     <t>51.204я723</t>
   </si>
   <si>
     <t>27.11.2024</t>
   </si>
   <si>
     <t>ФИЗИЧЕСКОЕ САМОСОВЕРШЕНСТВОВАНИЕ 3-е изд., пер. и доп. Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. А. Бояркина [и др.] ; под редакцией А. А. Зайцева.</t>
+    <t>Под ред. Зайцева А.А.</t>
   </si>
   <si>
     <t>В курсе рассмотрены особенности применения средств физической культуры в различных сферах жизнедеятельности человека: профессиональной, рекреативной, семейной. Освещаются вопросы гармоничного самосовершенствования на основе развития физических качеств (предложены технологии их формирования). Отдельная тема посвящена особенностям организации массовых спортивных мероприятий. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов и преподавателей кафедр физического воспитания и всех интересующихся физической культурой.</t>
   </si>
   <si>
     <t>978-5-534-20770-5</t>
   </si>
   <si>
     <t>75.1я73</t>
   </si>
   <si>
     <t>04.09.2024</t>
   </si>
   <si>
     <t>ЭЛЕКТИВНЫЕ КУРСЫ ПО ФИЗИЧЕСКОЙ КУЛЬТУРЕ. ПРАКТИЧЕСКАЯ ПОДГОТОВКА 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>В данном курсе представлены учебные и методические материалы по видам спорта, которые наиболее часто включаются в набор элективных курсов кафедрами, осуществляющими физическое воспитание и спортивную тренировку студентов. Представлены игровые, танцевальные виды спорта, единоборства и легкая атлетика. Характеристика каждого вида спорта осуществлена по схеме: основные термины и правила вида, спортивное оборудование и инвентарь, особенности исполнения основных технических приемов, возникающие ошибки и методика их исправления. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов и преподавателей кафедр физического воспитания и всех интересующихся физической культурой.</t>
   </si>
   <si>
     <t>978-5-534-19931-4</t>
   </si>
@@ -612,51 +612,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/fizicheskoe-vospitanie-v-obrazovatelnyh-uchrezhdeniyah-566877" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/fizicheskoe-vospitanie-v-obrazovatelnyh-uchrezhdeniyah-566878" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/fizicheskoe-samosovershenstvovanie-558741" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektivnye-kursy-po-fizicheskoy-kulture-prakticheskaya-podgotovka-566879" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektivnye-kursy-po-fizicheskoy-kulture-prakticheskaya-podgotovka-566880" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/fizicheskoe-vospitanie-v-obrazovatelnyh-uchrezhdeniyah-587987" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/fizicheskoe-vospitanie-v-obrazovatelnyh-uchrezhdeniyah-587988" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/fizicheskoe-samosovershenstvovanie-587974" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektivnye-kursy-po-fizicheskoy-kulture-prakticheskaya-podgotovka-587989" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektivnye-kursy-po-fizicheskoy-kulture-prakticheskaya-podgotovka-587990" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -837,361 +837,361 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>566877</v>
+        <v>587987</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>141</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>569.0</v>
+        <v>609.0</v>
       </c>
       <c r="M5" s="9">
-        <v>629.0</v>
+        <v>669.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.15</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>566878</v>
+        <v>587988</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>141</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>569.0</v>
+        <v>609.0</v>
       </c>
       <c r="M6" s="9">
-        <v>629.0</v>
+        <v>669.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.15</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>558741</v>
+        <v>587974</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>145</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>589.0</v>
+        <v>629.0</v>
       </c>
       <c r="M7" s="9">
-        <v>649.0</v>
+        <v>689.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.154</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>566879</v>
+        <v>587989</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>321</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="9">
-        <v>1289.0</v>
+        <v>1379.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1419.0</v>
+        <v>1519.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.406</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>566880</v>
+        <v>587990</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>321</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="9">
-        <v>1289.0</v>
+        <v>1379.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1419.0</v>
+        <v>1519.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>58</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>63</v>
       </c>