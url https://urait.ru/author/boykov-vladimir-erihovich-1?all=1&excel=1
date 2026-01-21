--- v0 (2025-12-25)
+++ v1 (2026-01-21)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
-[...1 lines deleted...]
-    <t>25.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+  <si>
+    <t>21.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,111 +115,108 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>21.11.2024</t>
   </si>
   <si>
     <t>ГРАЖДАНСКОЕ ОБЩЕСТВО 6-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Ж. Т. Тощенко [и др.] ; ответственный редактор Ж. Т. Тощенко.</t>
+    <t>Отв. ред. Тощенко Ж. Т.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Общественные науки</t>
   </si>
   <si>
     <t>Специальные социологические дисциплины</t>
   </si>
   <si>
     <t>Оригинальность данного учебного издания в том, что оно предлагает посмотреть на мир политики глазами простого человека. Политическая жизнь, в конечном счете, складывается не по официальным документам, а по воле и устремлениям большинства людей. И если их позиция, оценки и ориентации учитываются в процессе политического руководства, то это является залогом согласованного развития без социальных катастроф и катаклизмов. В курсе выделяются комплексы вопросов, которые характеризуют взаимодействие человека с государством и взаимоотношения человека и общества, большое внимание уделено механизму реализации политической власти. Курс построен на обширных эмпирических данных, полученных ведущими социологическими центрами России. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по всем направлениям.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20813-9</t>
   </si>
   <si>
     <t>60.5я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>ГРАЖДАНСКОЕ ОБЩЕСТВО 6-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
-    <t>Отв. ред. Тощенко Ж. Т.</t>
-[...1 lines deleted...]
-  <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Оригинальность данного учебного издания в том, что оно предлагает посмотреть на мир политики глазами простого человека. Политическая жизнь, в конечном счете, складывается не по официальным документам, а по воле и устремлениям большинства людей. И если их позиция, оценки и ориентации учитываются в процессе политического руководства, то это является залогом согласованного развития без социальных катастроф и катаклизмов. В курсе выделяются комплексы вопросов, которые характеризуют взаимодействие человека с государством и взаимоотношения человека и общества, большое внимание уделено механизму реализации политической власти. Курс построен на обширных эмпирических данных, полученных ведущими социологическими центрами России. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20856-6</t>
   </si>
   <si>
     <t>60.5я723</t>
   </si>
   <si>
     <t>14.11.2024</t>
   </si>
   <si>
     <t>ПОЛИТИЧЕСКАЯ СОЦИОЛОГИЯ 6-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Ж. Т. Тощенко [и др.] ; под редакцией Ж. Т. Тощенко.</t>
+    <t>Под ред. Тощенко Ж. Т.</t>
   </si>
   <si>
     <t>В курсе предмет политической социологии представлен с позиций четкого определения ее места и роли в структуре социологического знания. Оригинальность данного учебного издания в том, что оно предлагает посмотреть на мир политики глазами простого человека. Политическая жизнь, в конечном счете, складывается не по официальным документам, а по воле и устремлениям большинства людей. И если их позиция, оценки и ориентации учитываются в процессе политического руководства, то это является залогом согласованного развития без социальных катастроф и катаклизмов. Курс построен на обширных эмпирических данных, полученных ведущими социологическими центрами России. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по гуманитарным направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20696-8</t>
   </si>
   <si>
     <t>60.56я73</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -588,51 +585,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-obschestvo-558815" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-obschestvo-558870" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politicheskaya-sociologiya-558602" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-obschestvo-589769" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-obschestvo-589771" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politicheskaya-sociologiya-582750" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -813,69 +810,69 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558815</v>
+        <v>589769</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>360</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>1779.0</v>
       </c>
       <c r="M5" s="9">
         <v>1959.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
@@ -883,179 +880,179 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.556</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>558870</v>
+        <v>589771</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>360</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>1779.0</v>
       </c>
       <c r="M6" s="9">
         <v>1959.0</v>
       </c>
       <c r="N6" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.556</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>558602</v>
+        <v>582750</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" s="6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>565</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
         <v>2659.0</v>
       </c>
       <c r="M7" s="9">
         <v>2919.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.805</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>