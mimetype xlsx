--- v1 (2026-01-21)
+++ v2 (2026-03-14)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>21.01.2026</t>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -837,54 +837,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>360</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1779.0</v>
+        <v>1899.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1959.0</v>
+        <v>2089.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -907,54 +907,54 @@
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>360</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1779.0</v>
+        <v>1899.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1959.0</v>
+        <v>2089.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
@@ -977,54 +977,54 @@
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>565</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2659.0</v>
+        <v>2849.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2919.0</v>
+        <v>3129.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>