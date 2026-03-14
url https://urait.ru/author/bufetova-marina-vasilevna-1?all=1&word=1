--- v0 (2026-01-10)
+++ v1 (2026-03-14)
@@ -13,51 +13,51 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Буфетова, М. В. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Оценка воздействия на окружающую среду и экологическая экспертиза : учебник для вузов / М. В. Буфетова, В. Н. Экзарьян ; под редакцией М. В. Буфетовой. — Москва : Издательство Юрайт, 2025. — 158 с. — (Высшее образование). — ISBN 978-5-534-21887-9.</w:t>
+        <w:t xml:space="preserve">Оценка воздействия на окружающую среду и экологическая экспертиза : учебник для вузов / М. В. Буфетова, В. Н. Экзарьян ; под редакцией М. В. Буфетовой. — Москва : Издательство Юрайт, 2026. — 158 с. — (Высшее образование). — ISBN 978-5-534-21887-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/582368</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>