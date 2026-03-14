--- v0 (2026-01-18)
+++ v1 (2026-03-14)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
-[...1 lines deleted...]
-    <t>18.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>02.12.2024</t>
   </si>
   <si>
     <t>ОБЩАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. Т. Долгих [и др.] ; под общей редакцией В. Т. Долгих.</t>
+    <t>Под общ. ред. Долгих В.Т.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Медицина и фармакология</t>
   </si>
   <si>
     <t>Анатомия и физиология. Цитология. Гистология. Эмбриология</t>
   </si>
   <si>
     <t>Курс направлен на изучение основ патофизиологии; с самой современной точки зрения рассматриваются общая патофизиология, патофизиология обмена веществ и опухолевых процессов. Курс отличается последовательным и логическим изложением важнейших разделов патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных нозологических форм заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по медицинским направлениям, ординаторов, аспирантов, преподавателей и врачей различных специальностей.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20961-7</t>
   </si>
@@ -208,66 +208,63 @@
   <si>
     <t>978-5-534-20426-1</t>
   </si>
   <si>
     <t>52.7я73</t>
   </si>
   <si>
     <t>ОСНОВЫ ИММУНОПАТОЛОГИИ 2-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>В курс вошли материалы, отражающие структуру и функции иммунной системы, сведения о механизмах индукции и регуляции иммунного ответа, факторах неспецифической резистентности. Ряд тем посвящен патофизиологии первичных и вторичных иммунодефицитов, механизмов формирования иммунологической толерантности и аллергии. Изложены вопросы, касающиеся этиологии, патогенеза, диагностики и лечения анафилактического шока как тяжелой, угрожающей жизни генерализованной реакции гипечувствительности немедленного типа. Отражены современные взгляды на природу атопической бронхиальной астмы, крапивницы и ринита. Рассмотрены вопросы, касающиеся роли аутоантител в регуляции физиологических реакций организма. Отмечено, что при аутоиммунной патологии снижается функциональная активность клеток-супрессоров, что способствует появлению клонов аутоагрессивных цитотоксических лимфоцитов, синтезирующих аутоантитела, которые формируют аутоиммунную патологию на фоне изменений в иммунной системе. Данное издание было удостоено «Золотой медали BookExpo America 2019 » на Международной книжной выставке (Нью-Йорк, США). Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Курс предназначен для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20424-7</t>
   </si>
   <si>
     <t>52.7я723</t>
   </si>
   <si>
     <t>20.03.2025</t>
   </si>
   <si>
     <t>ЧАСТНАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник для вузов</t>
   </si>
   <si>
-    <t>В.Т. Долгих [и др.]; под редакцией В.Т. Долгих.</t>
+    <t>Под ред. Долгих В.Т.</t>
   </si>
   <si>
     <t>Курс направлен на изучение важнейших разделов патофизиологии органов и систем; с самой современной точки зрения рассматриваются вопросы патологии системы крови и гемостаза, сердечно-сосудистой и дыхательной систем, патофизиологии пищеварения, печени, почек, центральной нервной системы, имунной и эндокринной систем, вопросы боли и обезболивания, актуальные аспекты поражения органов и тканей при алкоголизме и наркомании. Курс отличается последовательным и логическим изложением частной патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Для студентов высших учебных заведений, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20971-6</t>
   </si>
   <si>
     <t>21.03.2025</t>
   </si>
   <si>
     <t>ЧАСТНАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник и практикум для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t>Под ред. Долгих В.Т.</t>
   </si>
   <si>
     <t>Курс направлен на изучение важнейших разделов патофизиологии органов и систем; с самой современной точки зрения рассматриваются вопросы патологии системы крови и гемостаза, сердечно-сосудистой и дыхательной систем, патофизиологии пищеварения, печени, почек, центральной нервной системы, имунной и эндокринной систем, вопросы боли и обезболивания, актуальные аспекты поражения органов и тканей при алкоголизме и наркомании. Курс отличается последовательным и логическим изложением частной патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20974-7</t>
   </si>
   <si>
     <t>13.11.2024</t>
   </si>
   <si>
     <t>ЭНДОКРИНОПАТИИ. КЛИНИКО-ПАТОФИЗИОЛОГИЧЕСКИЕ АСПЕКТЫ. Учебник для вузов</t>
   </si>
   <si>
     <t>Под ред. Долгих В.Т., Кузовлева А.Н., Корпачевой О.В.</t>
   </si>
   <si>
     <t>Курс посвящен клинико-патофизиологическим аспектам эндокринопатий. Дано общее описание физиологии эндокринной системы, подробно рассмотрены биологические свойства гормонов, их участие в регуляции функций организма. Представлены различные заболевания, связанные с нарушениями в функционировании гормонов, и способы их коррекции. Курс содержит ситуационные задачи с ответами, позволяющие студентам понять логику установления диагноза и научиться самостоятельно анализировать эндокринные и клинические данные. Для студентов высших учебных заведений, обучающихся по медицинским направлениям, ординаторов, аспирантов, преподавателей и врачей различных специальностей.</t>
   </si>
   <si>
     <t>978-5-534-20694-4</t>
   </si>
   <si>
     <t>54.15я73</t>
   </si>
@@ -651,51 +648,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-559064" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-559067" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-immunopatologii-564996" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-immunopatologii-565322" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-559074" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587721" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/endokrinopatii-kliniko-patofiziologicheskie-aspekty-569301" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586707" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586729" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-immunopatologii-586708" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-immunopatologii-586931" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587711" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587721" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/endokrinopatii-kliniko-patofiziologicheskie-aspekty-589964" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -876,529 +873,529 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>559064</v>
+        <v>586707</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>491</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2339.0</v>
+        <v>2499.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2569.0</v>
+        <v>2749.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.715</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>559067</v>
+        <v>586729</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>491</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>2339.0</v>
+        <v>2499.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2569.0</v>
+        <v>2749.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.715</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>564996</v>
+        <v>586708</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>289</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1469.0</v>
+        <v>1569.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1619.0</v>
+        <v>1729.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.47</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>565322</v>
+        <v>586931</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>289</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1469.0</v>
+        <v>1569.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1619.0</v>
+        <v>1729.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.47</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>559074</v>
+        <v>587711</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>499</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>2379.0</v>
+        <v>2539.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2619.0</v>
+        <v>2789.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.724</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
         <v>587721</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>499</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>2379.0</v>
+        <v>2539.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2619.0</v>
+        <v>2789.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.724</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>569301</v>
+        <v>589964</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>286</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1459.0</v>
+        <v>1559.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1599.0</v>
+        <v>1709.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.466</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>