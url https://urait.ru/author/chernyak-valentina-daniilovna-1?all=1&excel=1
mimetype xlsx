--- v0 (2025-12-18)
+++ v1 (2026-01-16)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
-    <t>18.12.2025</t>
+    <t>16.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>