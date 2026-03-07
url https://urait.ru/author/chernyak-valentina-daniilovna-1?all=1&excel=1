--- v1 (2026-01-16)
+++ v2 (2026-03-07)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
-    <t>16.01.2026</t>
+    <t>07.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -259,78 +259,78 @@
   <si>
     <t>РУССКИЙ ЯЗЫК И КУЛЬТУРА РЕЧИ 4-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>В курсе наряду с теорией представлены материалы для аудиторной и самостоятельной работы учащихся. Авторы не только охарактеризовали нормы русского языка и речи, но и отразили своеобразие современной речевой ситуации, а на примерах текстов показали эффективность использования тех или иных языковых средств. С помощью данного курса студент сможет овладеть нормами литературного языка, научится эффективно отбирать языковые средства в соответствии с целями коммуникации и применять правила речевого воздействия.</t>
   </si>
   <si>
     <t>978-5-534-04154-5</t>
   </si>
   <si>
     <t>05.05.2016</t>
   </si>
   <si>
     <t>РУССКИЙ ЯЗЫК И КУЛЬТУРА РЕЧИ 4-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>В курсе наряду с теорией представлены и материалы для аудиторной и самостоятельной работы учащихся. Авторы не только охарактеризовали нормы русского языка и речи, но и отразили своеобразие современной речевой ситуации, а на примерах текстов показали эффективность использования тех или иных языковых средств. С помощью данного курса студент сможет овладеть нормами литературного языка, научится эффективно отбирать языковые средства в соответствии с целями коммуникации и применять правила речевого воздействия.</t>
   </si>
   <si>
     <t>978-5-534-00832-6</t>
   </si>
   <si>
     <t>81.2Рус-5я723</t>
   </si>
   <si>
+    <t>13.03.2015</t>
+  </si>
+  <si>
+    <t>Русский язык и культура речи. Практикум. Словарь 2-е изд., пер. и доп. Учебник и практикум для СПО</t>
+  </si>
+  <si>
+    <t>Практикум построен с учетом современной концепции культуры речи, предполагающей формирование языковой и коммуникативной компетенции студентов вузов. Словарь включает базовые понятия речевой культуры и призван способствовать расширению знаний о русской речевой культуре, формировать навыки осознанной оценки современной речи. Адресовано преподавателям филологических дисциплин и журналистам, студентам вузов, колледжей, абитуриентам, старшеклассникам.</t>
+  </si>
+  <si>
+    <t>978-5-534-19327-5</t>
+  </si>
+  <si>
+    <t>81.2Рус-2я723</t>
+  </si>
+  <si>
     <t>12.12.2011</t>
   </si>
   <si>
     <t>РУССКИЙ ЯЗЫК И КУЛЬТУРА РЕЧИ. ПРАКТИКУМ. СЛОВАРЬ 2-е изд., пер. и доп. Учебно-практическое пособие для вузов</t>
   </si>
   <si>
     <t>Данное учебное издание состоит из практикума и словаря по дисциплине «Русский язык и культура речи» и может быть использовано как в процессе аудиторной работы, так и для самостоятельной работы студентов. Практикум построен с учетом современной концепции культуры речи, предполагающей формирование языковой и коммуникативной компетенции студентов вузов. Большое место в нем занимают актуальные материалы, отражающие особенности современной языковой ситуации. Словарь включает базовые понятия речевой культуры и призван способствовать расширению знаний о русской речевой культуре, формировать навыки осознанной оценки современной речи. Принципиальным отличием словаря от других подобных изданий является богатый иллюстративный материал, дающий представление не только об использовании каждого термина или понятия, но и обращающий внимание читателя на зоны расшатывания языковой нормы, на речевые ошибки.</t>
   </si>
   <si>
     <t>978-5-534-02667-2</t>
   </si>
   <si>
     <t>81.2Рус-2я73</t>
-  </si>
-[...13 lines deleted...]
-    <t>81.2Рус-2я723</t>
   </si>
   <si>
     <t>26.05.2016</t>
   </si>
   <si>
     <t>РУССКИЙ ЯЗЫК И КУЛЬТУРА РЕЧИ. СОВРЕМЕННАЯ ЯЗЫКОВАЯ СИТУАЦИЯ 2-е изд., испр. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Козырев В. А., Черняк В. Д.</t>
   </si>
   <si>
     <t>В учебнике рассматриваются основные характеристики гуманитарной образовательной среды и место в ней языковой составляющей. Основное внимание уделяется проблемам современного состояния русского языка и русской речи, характеристике современной языковой личности, актуальным вопросам речевой культуры. Издание содержит большое количество практических заданий, направленных на совершенствование языковой и коммуникативной компетенций.</t>
   </si>
   <si>
     <t>978-5-534-07089-7</t>
   </si>
   <si>
     <t>81.2Рус-5-923я73</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -708,51 +708,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/leksikologiya-sinonimy-v-russkom-yazyke-561836" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ritorika-581776" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ritorika-581775" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-bazovyy-i-uglublennyy-urovni-10-11-klassy-568405" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-i-kultura-rechi-559939" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-i-kultura-rechi-559657" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-i-kultura-rechi-562051" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-i-kultura-rechi-praktikum-slovar-559940" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-i-kultura-rechi-praktikum-slovar-560838" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-i-kultura-rechi-sovremennaya-yazykovaya-situaciya-561838" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/leksikologiya-sinonimy-v-russkom-yazyke-598588" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ritorika-582635" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ritorika-584011" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-bazovyy-i-uglublennyy-urovni-10-11-klassy-589152" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-i-kultura-rechi-582802" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-i-kultura-rechi-582556" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-i-kultura-rechi-584658" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-i-kultura-rechi-praktikum-slovar-600383" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-i-kultura-rechi-praktikum-slovar-582803" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-i-kultura-rechi-sovremennaya-yazykovaya-situaciya-584485" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -933,709 +933,709 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>561836</v>
+        <v>598588</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>154</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>709.0</v>
+        <v>759.0</v>
       </c>
       <c r="M5" s="9">
-        <v>779.0</v>
+        <v>829.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.244</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>581776</v>
+        <v>582635</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>242</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1269.0</v>
+        <v>1349.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1399.0</v>
+        <v>1479.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Y6" s="8">
         <v>0.413</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>581775</v>
+        <v>584011</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>242</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1269.0</v>
+        <v>1349.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1399.0</v>
+        <v>1479.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Y7" s="8">
         <v>0.413</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>568405</v>
+        <v>589152</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>385</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1879.0</v>
+        <v>2019.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2069.0</v>
+        <v>2219.0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>64</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>65</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Y8" s="8">
         <v>0.587</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>559939</v>
+        <v>582802</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>363</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1789.0</v>
+        <v>1909.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1969.0</v>
+        <v>2099.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>69</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>70</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>71</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Y9" s="8">
         <v>0.56</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>559657</v>
+        <v>582556</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>389</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1899.0</v>
+        <v>2029.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2089.0</v>
+        <v>2229.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>74</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>75</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Y10" s="8">
         <v>0.591</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>562051</v>
+        <v>584658</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>389</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1899.0</v>
+        <v>2029.0</v>
       </c>
       <c r="M11" s="9">
-        <v>2089.0</v>
+        <v>2229.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>78</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>79</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>80</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Y11" s="8">
         <v>0.591</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>559940</v>
+        <v>600383</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>81</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>82</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
-        <v>525</v>
+        <v>480</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1999.0</v>
+        <v>2449.0</v>
       </c>
       <c r="M12" s="9">
-        <v>2199.0</v>
+        <v>2689.0</v>
       </c>
       <c r="N12" s="6" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>83</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>84</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>85</v>
       </c>
       <c r="X12" s="6" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="Y12" s="8">
-        <v>0.603</v>
+        <v>0.702</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>560838</v>
+        <v>582803</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>86</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>87</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>525</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1999.0</v>
+        <v>2139.0</v>
       </c>
       <c r="M13" s="9">
-        <v>2199.0</v>
+        <v>2349.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>88</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>89</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>90</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.603</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>561838</v>
+        <v>584485</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>167</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>759.0</v>
+        <v>809.0</v>
       </c>
       <c r="M14" s="9">
-        <v>829.0</v>
+        <v>889.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S14" s="6" t="s">
         <v>94</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>95</v>
       </c>