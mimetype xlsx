--- v0 (2025-12-15)
+++ v1 (2026-02-08)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
-[...1 lines deleted...]
-    <t>15.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+  <si>
+    <t>08.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -152,53 +152,50 @@
     <t>Экономические науки</t>
   </si>
   <si>
     <t>Страхование. Управление рисками</t>
   </si>
   <si>
     <t>Созидание и разрушение находятся в диалектическом единстве, а риск занимает здесь ведущее место. Вопросы риска являются основополагающими в жизни человека. В работе исследуются природа и причинно-следственные связи формирования риска. Разработаны математические модели риска. Предложена дуалистическая модель количественной оценки риска. Разработаны принципы управления риском. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Курс предназначен для студентов высших учебных заведений, обучающихся по экономическим и техническим направлениям.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-14457-4</t>
   </si>
   <si>
     <t>22.1я73</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
   <si>
     <t>14.03.2022</t>
   </si>
   <si>
     <t>ОРГАНИЗАЦИЯ ЧЕЛОВЕКО-МАШИННОГО ВЗАИМОДЕЙСТВИЯ. Учебник для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> В. К. Чертыковцев.</t>
   </si>
   <si>
     <t>Технические науки</t>
   </si>
   <si>
     <t>Автоматика и управление</t>
   </si>
   <si>
     <t>Современные системы «человек — машина» нашли широкое применение в нашем мире. Данное пособие позволяет сформировать базовые профессиональные знания в области организации и управления «человеко-машинными» системами, дает представление о теоретико-методологических подходах к исследованию технологий и применяемых в этой области инструментах. Работа с пособием будет способствовать развитию навыков решения управленческих задач в области организации и управления «человеко-машинными» системами. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по естественнонаучным направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20087-4</t>
   </si>
   <si>
     <t>32.81я73</t>
   </si>
   <si>
     <t>18.03.2025</t>
   </si>
   <si>
     <t>ПРОЕКТИРОВАНИЕ ИНТЕРФЕЙСОВ ПОЛЬЗОВАТЕЛЯ. ЧЕЛОВЕКО-МАШИННОЕ ВЗАИМОДЕЙСТВИЕ. Учебник для СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
@@ -636,51 +633,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematicheskaya-teoriya-riskov-analiz-riskov-v-socialno-ekonomicheskoy-sfere-558358" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-cheloveko-mashinnogo-vzaimodeystviya-557544" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proektirovanie-interfeysov-polzovatelya-cheloveko-mashinnoe-vzaimodeystvie-558811" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proizvodstvennyy-i-operacionnyy-menedzhment-567860" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-logisticheskimi-processami-568167" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematicheskaya-teoriya-riskov-analiz-riskov-v-socialno-ekonomicheskoy-sfere-588773" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-cheloveko-mashinnogo-vzaimodeystviya-588932" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proektirovanie-interfeysov-polzovatelya-cheloveko-mashinnoe-vzaimodeystvie-590007" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proizvodstvennyy-i-operacionnyy-menedzhment-588703" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-logisticheskimi-processami-588964" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -861,392 +858,392 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558358</v>
+        <v>588773</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>102</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>449.0</v>
+        <v>479.0</v>
       </c>
       <c r="M5" s="9">
-        <v>489.0</v>
+        <v>529.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.113</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>557544</v>
+        <v>588932</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>111</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>479.0</v>
+        <v>509.0</v>
       </c>
       <c r="M6" s="9">
-        <v>529.0</v>
+        <v>559.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="R6" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="R6" s="6" t="s">
+      <c r="S6" s="6" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.122</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>558811</v>
+        <v>590007</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>111</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>479.0</v>
+        <v>509.0</v>
       </c>
       <c r="M7" s="9">
-        <v>529.0</v>
+        <v>559.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q7" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="R7" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="S7" s="6" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.122</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>567860</v>
+        <v>588703</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>75</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>299.0</v>
+        <v>319.0</v>
       </c>
       <c r="M8" s="9">
-        <v>329.0</v>
+        <v>349.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="R8" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="R8" s="6" t="s">
+      <c r="S8" s="6" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.087</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>568167</v>
+        <v>588964</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>190</v>
       </c>
       <c r="K9" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L9" s="9">
-        <v>1039.0</v>
+        <v>1109.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1139.0</v>
+        <v>1219.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="R9" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="S9" s="6" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="X9" s="6" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="Y9" s="8">
         <v>0.35</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>