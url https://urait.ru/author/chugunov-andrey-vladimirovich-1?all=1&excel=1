--- v0 (2025-12-05)
+++ v1 (2026-02-10)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>06.12.2025</t>
+    <t>10.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -112,51 +112,51 @@
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>04.07.2016</t>
   </si>
   <si>
-    <t>СОЦИАЛЬНАЯ ИНФОРМАТИКА 2-е изд., пер. и доп. Учебник и практикум для академического бакалавриата</t>
+    <t>СОЦИАЛЬНАЯ ИНФОРМАТИКА 2-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Чугунов А. В.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Компьютерные и информационные науки</t>
   </si>
   <si>
     <t>Информационные технологии в отраслях</t>
   </si>
   <si>
     <t>В учебнике рассматриваются социально-экономические и политические аспекты развития информационной среды, обозначены основные позиции концепций постиндустриального общества, футурологические и социологические теории развития информационной сферы. Изложена специфика формирования международных программ развития информационного общества. Для закрепления знаний после каждой главы приведены контрольные вопросы, которые можно использовать как темы для самопроверки или формулирования заданий для реферативных и самостоятельных работ. Издание содержит практикум для выполнения магистерских научно-исследовательских работ.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
@@ -561,51 +561,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-informatika-557395" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-informatika-557394" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-informatika-583853" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-informatika-589877" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -786,151 +786,151 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>557395</v>
+        <v>583853</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>244</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.415</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>557394</v>
+        <v>589877</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>244</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">