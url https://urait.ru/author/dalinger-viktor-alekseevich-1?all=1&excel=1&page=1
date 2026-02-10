--- v0 (2025-12-26)
+++ v1 (2026-02-10)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
-    <t>26.12.2025</t>
+    <t>10.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -1014,51 +1014,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geometriya-metod-analogii-563819" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geometriya-planimetricheskie-zadachi-na-postroenie-564260" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geometriya-planimetricheskie-zadachi-na-postroenie-563543" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geometriya-stereometricheskie-zadachi-na-postroenie-" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zadachi-s-parametrami-v-2-ch-chast-1-568235" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zadachi-s-parametrami-v-2-ch-chast-2-568236" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informatika-i-matematika-reshenie-uravneniy-i-optimizaciya-v-mathcad-i-maple-558579" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informatika-i-matematika-reshenie-uravneniy-i-optimizaciya-v-mathcad-i-maple-558580" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kompleksnyy-analiz-563389" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-metodika-prepodavaniya-moduley-v-sredney-shkole-i-spo-578963" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-zadachi-s-modulem-558813" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-zadachi-s-parametrami-v-2-ch-chast-1-563391" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-zadachi-s-parametrami-v-2-ch-chast-2-563604" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-logarifmicheskie-uravneniya-i-neravenstva-563392" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-obratnye-trigonometricheskie-funkcii-reshenie-zadach-558843" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-trigonometricheskie-uravneniya-i-neravenstva-559225" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-v-nachalnoy-shkole-561780" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-v-nachalnoy-shkole-562044" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-izuchenie-drobey-i-deystviy-nad-nimi-561779" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-izuchenie-drobey-i-deystviy-nad-nimi-562043" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-kognitivno-vizualnyy-podhod-561784" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-kognitivno-vizualnyy-podhod-562052" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-obuchenie-uchaschihsya-dokazatelstvu-teorem-563818" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-obuchenie-uchaschihsya-dokazatelstvu-teorem-563853" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-poiskovo-issledovatelskaya-deyatelnost-uchaschihsya-561783" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-poiskovo-issledovatelskaya-deyatelnost-uchaschihsya-562189" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-praktikum-po-resheniyu-zadach-561778" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-praktikum-po-resheniyu-zadach-562188" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-tradicionnye-syuzhetno-tekstovye-zadachi-563390" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-tradicionnye-syuzhetno-tekstovye-zadachi-563634" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-nachalam-matematicheskogo-analiza-561781" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-nachalam-matematicheskogo-analiza-562045" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-stereometrii-posredstvom-resheniya-zadach-563542" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-stereometrii-posredstvom-resheniya-zadach-563726" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-razvivayuschego-obucheniya-matematike-563817" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-razvivayuschego-obucheniya-matematike-563837" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-veroyatnostey-i-matematicheskaya-statistika-s-primeneniem-mathcad-561782" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-veroyatnostey-i-matematicheskaya-statistika-s-primeneniem-mathcad-562190" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-funkciy-deystvitelnogo-peremennogo-562059" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geometriya-metod-analogii-586020" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geometriya-planimetricheskie-zadachi-na-postroenie-586280" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geometriya-planimetricheskie-zadachi-na-postroenie-585787" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geometriya-stereometricheskie-zadachi-na-postroenie-586018" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zadachi-s-parametrami-v-2-ch-chast-1-589034" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zadachi-s-parametrami-v-2-ch-chast-2-589035" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informatika-i-matematika-reshenie-uravneniy-i-optimizaciya-v-mathcad-i-maple-584460" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informatika-i-matematika-reshenie-uravneniy-i-optimizaciya-v-mathcad-i-maple-584778" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kompleksnyy-analiz-585662" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-metodika-prepodavaniya-moduley-v-sredney-shkole-i-spo-590293" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-zadachi-s-modulem-585789" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-zadachi-s-parametrami-v-2-ch-chast-1-585665" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-zadachi-s-parametrami-v-2-ch-chast-2-585842" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-logarifmicheskie-uravneniya-i-neravenstva-585666" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-obratnye-trigonometricheskie-funkcii-reshenie-zadach-585663" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-trigonometricheskie-uravneniya-i-neravenstva-585791" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-v-nachalnoy-shkole-584428" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-v-nachalnoy-shkole-584654" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-izuchenie-drobey-i-deystviy-nad-nimi-584427" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-izuchenie-drobey-i-deystviy-nad-nimi-584653" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-kognitivno-vizualnyy-podhod-584432" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-kognitivno-vizualnyy-podhod-584659" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-obuchenie-uchaschihsya-dokazatelstvu-teorem-586019" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-obuchenie-uchaschihsya-dokazatelstvu-teorem-586052" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-poiskovo-issledovatelskaya-deyatelnost-uchaschihsya-584431" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-poiskovo-issledovatelskaya-deyatelnost-uchaschihsya-584781" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-praktikum-po-resheniyu-zadach-584426" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-praktikum-po-resheniyu-zadach-584780" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-tradicionnye-syuzhetno-tekstovye-zadachi-585664" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-matematike-tradicionnye-syuzhetno-tekstovye-zadachi-585871" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-nachalam-matematicheskogo-analiza-584429" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-nachalam-matematicheskogo-analiza-584655" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-stereometrii-posredstvom-resheniya-zadach-585786" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-obucheniya-stereometrii-posredstvom-resheniya-zadach-585948" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-razvivayuschego-obucheniya-matematike-586017" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-razvivayuschego-obucheniya-matematike-586033" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-veroyatnostey-i-matematicheskaya-statistika-s-primeneniem-mathcad-584430" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-veroyatnostey-i-matematicheskaya-statistika-s-primeneniem-mathcad-584782" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-funkciy-deystvitelnogo-peremennogo-584664" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -1239,2735 +1239,2735 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>563819</v>
+        <v>586020</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>136</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>689.0</v>
+        <v>739.0</v>
       </c>
       <c r="M5" s="9">
-        <v>759.0</v>
+        <v>809.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.183</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>564260</v>
+        <v>586280</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>155</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="9">
-        <v>889.0</v>
+        <v>949.0</v>
       </c>
       <c r="M6" s="9">
-        <v>979.0</v>
+        <v>1039.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.308</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>563543</v>
+        <v>585787</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>155</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="9">
-        <v>889.0</v>
+        <v>949.0</v>
       </c>
       <c r="M7" s="9">
-        <v>979.0</v>
+        <v>1039.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.308</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>558119</v>
+        <v>586018</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>186</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L8" s="9">
-        <v>1019.0</v>
+        <v>1099.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1119.0</v>
+        <v>1209.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.345</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>568235</v>
+        <v>589034</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>466</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L9" s="9">
-        <v>1799.0</v>
+        <v>1919.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1979.0</v>
+        <v>2109.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y9" s="8">
         <v>0.546</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>568236</v>
+        <v>589035</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>501</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L10" s="9">
-        <v>1919.0</v>
+        <v>2049.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2109.0</v>
+        <v>2249.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y10" s="8">
         <v>0.58</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>558579</v>
+        <v>584460</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>70</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>141</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>569.0</v>
+        <v>609.0</v>
       </c>
       <c r="M11" s="9">
-        <v>629.0</v>
+        <v>669.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y11" s="8">
         <v>0.15</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>558580</v>
+        <v>584778</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>70</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>76</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>72</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>141</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>569.0</v>
+        <v>609.0</v>
       </c>
       <c r="M12" s="9">
-        <v>629.0</v>
+        <v>669.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>77</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>78</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>79</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y12" s="8">
         <v>0.15</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>563389</v>
+        <v>585662</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>72</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>143</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>579.0</v>
+        <v>619.0</v>
       </c>
       <c r="M13" s="9">
-        <v>639.0</v>
+        <v>679.0</v>
       </c>
       <c r="N13" s="6"/>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>82</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>83</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>84</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>85</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y13" s="8">
         <v>0.152</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>578963</v>
+        <v>590293</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>86</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>87</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>361</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L14" s="9">
-        <v>1429.0</v>
+        <v>1529.0</v>
       </c>
       <c r="M14" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>88</v>
       </c>
       <c r="S14" s="6" t="s">
         <v>89</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>90</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
         <v>65</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y14" s="8">
         <v>0.444</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>558813</v>
+        <v>585789</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>91</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>361</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L15" s="9">
-        <v>1429.0</v>
+        <v>1529.0</v>
       </c>
       <c r="M15" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>93</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>94</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
         <v>95</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y15" s="8">
         <v>0.444</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>563391</v>
+        <v>585665</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>97</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>466</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L16" s="9">
-        <v>1799.0</v>
+        <v>1919.0</v>
       </c>
       <c r="M16" s="9">
-        <v>1979.0</v>
+        <v>2109.0</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S16" s="6" t="s">
         <v>98</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
         <v>99</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
         <v>95</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y16" s="8">
         <v>0.546</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>563604</v>
+        <v>585842</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>96</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>100</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>501</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L17" s="9">
-        <v>1919.0</v>
+        <v>2049.0</v>
       </c>
       <c r="M17" s="9">
-        <v>2109.0</v>
+        <v>2249.0</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S17" s="6" t="s">
         <v>98</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
         <v>101</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
         <v>95</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y17" s="8">
         <v>0.58</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>563392</v>
+        <v>585666</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>103</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>176</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L18" s="9">
-        <v>979.0</v>
+        <v>1049.0</v>
       </c>
       <c r="M18" s="9">
-        <v>1079.0</v>
+        <v>1149.0</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R18" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S18" s="6" t="s">
         <v>104</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
         <v>105</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
         <v>95</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y18" s="8">
         <v>0.333</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="8">
-        <v>558843</v>
+        <v>585663</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>96</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>106</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J19" s="8">
         <v>144</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L19" s="9">
-        <v>719.0</v>
+        <v>779.0</v>
       </c>
       <c r="M19" s="9">
-        <v>789.0</v>
+        <v>859.0</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>82</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>107</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>108</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
         <v>109</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y19" s="8">
         <v>0.192</v>
       </c>
       <c r="Z19" s="6"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="8">
-        <v>559225</v>
+        <v>585791</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>110</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>111</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J20" s="8">
         <v>123</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L20" s="9">
-        <v>639.0</v>
+        <v>689.0</v>
       </c>
       <c r="M20" s="9">
-        <v>699.0</v>
+        <v>759.0</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q20" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R20" s="6" t="s">
         <v>82</v>
       </c>
       <c r="S20" s="6" t="s">
         <v>112</v>
       </c>
       <c r="T20" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U20" s="6" t="s">
         <v>113</v>
       </c>
       <c r="V20" s="6"/>
       <c r="W20" s="6" t="s">
         <v>95</v>
       </c>
       <c r="X20" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y20" s="8">
         <v>0.167</v>
       </c>
       <c r="Z20" s="6"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="8">
-        <v>561780</v>
+        <v>584428</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>114</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>115</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>116</v>
       </c>
       <c r="F21" s="6"/>
       <c r="G21" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J21" s="8">
         <v>222</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L21" s="9">
-        <v>1179.0</v>
+        <v>1259.0</v>
       </c>
       <c r="M21" s="9">
-        <v>1299.0</v>
+        <v>1379.0</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P21" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q21" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R21" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S21" s="6" t="s">
         <v>119</v>
       </c>
       <c r="T21" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U21" s="6" t="s">
         <v>120</v>
       </c>
       <c r="V21" s="6"/>
       <c r="W21" s="6" t="s">
         <v>121</v>
       </c>
       <c r="X21" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y21" s="8">
         <v>0.389</v>
       </c>
       <c r="Z21" s="6"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="8">
-        <v>562044</v>
+        <v>584654</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>114</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>122</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>116</v>
       </c>
       <c r="F22" s="6"/>
       <c r="G22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J22" s="8">
         <v>222</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L22" s="9">
-        <v>1179.0</v>
+        <v>1259.0</v>
       </c>
       <c r="M22" s="9">
-        <v>1299.0</v>
+        <v>1379.0</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q22" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R22" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S22" s="6" t="s">
         <v>123</v>
       </c>
       <c r="T22" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U22" s="6" t="s">
         <v>124</v>
       </c>
       <c r="V22" s="6"/>
       <c r="W22" s="6" t="s">
         <v>125</v>
       </c>
       <c r="X22" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y22" s="8">
         <v>0.389</v>
       </c>
       <c r="Z22" s="6"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="8">
-        <v>561779</v>
+        <v>584427</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>126</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>127</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J23" s="8">
         <v>194</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L23" s="9">
-        <v>849.0</v>
+        <v>909.0</v>
       </c>
       <c r="M23" s="9">
-        <v>929.0</v>
+        <v>999.0</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>128</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>129</v>
       </c>
       <c r="V23" s="6"/>
       <c r="W23" s="6" t="s">
         <v>121</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y23" s="8">
         <v>0.283</v>
       </c>
       <c r="Z23" s="6"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="8">
-        <v>562043</v>
+        <v>584653</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>130</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>131</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F24" s="6"/>
       <c r="G24" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J24" s="8">
         <v>194</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L24" s="9">
-        <v>849.0</v>
+        <v>909.0</v>
       </c>
       <c r="M24" s="9">
-        <v>929.0</v>
+        <v>999.0</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q24" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R24" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S24" s="6" t="s">
         <v>128</v>
       </c>
       <c r="T24" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U24" s="6" t="s">
         <v>132</v>
       </c>
       <c r="V24" s="6"/>
       <c r="W24" s="6" t="s">
         <v>125</v>
       </c>
       <c r="X24" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y24" s="8">
         <v>0.283</v>
       </c>
       <c r="Z24" s="6"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="8">
-        <v>561784</v>
+        <v>584432</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>133</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>134</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>72</v>
       </c>
       <c r="F25" s="6"/>
       <c r="G25" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H25" s="6"/>
       <c r="I25" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J25" s="8">
         <v>340</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L25" s="9">
-        <v>1359.0</v>
+        <v>1449.0</v>
       </c>
       <c r="M25" s="9">
-        <v>1489.0</v>
+        <v>1589.0</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O25" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P25" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q25" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R25" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S25" s="6" t="s">
         <v>135</v>
       </c>
       <c r="T25" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U25" s="6" t="s">
         <v>136</v>
       </c>
       <c r="V25" s="6"/>
       <c r="W25" s="6" t="s">
         <v>121</v>
       </c>
       <c r="X25" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y25" s="8">
         <v>0.424</v>
       </c>
       <c r="Z25" s="6"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="8">
-        <v>562052</v>
+        <v>584659</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>137</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>138</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>72</v>
       </c>
       <c r="F26" s="6"/>
       <c r="G26" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J26" s="8">
         <v>340</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L26" s="9">
-        <v>1359.0</v>
+        <v>1449.0</v>
       </c>
       <c r="M26" s="9">
-        <v>1489.0</v>
+        <v>1589.0</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q26" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R26" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S26" s="6" t="s">
         <v>139</v>
       </c>
       <c r="T26" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U26" s="6" t="s">
         <v>140</v>
       </c>
       <c r="V26" s="6"/>
       <c r="W26" s="6" t="s">
         <v>125</v>
       </c>
       <c r="X26" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y26" s="8">
         <v>0.424</v>
       </c>
       <c r="Z26" s="6"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="8">
-        <v>563818</v>
+        <v>586019</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>141</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>142</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F27" s="6"/>
       <c r="G27" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H27" s="6"/>
       <c r="I27" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J27" s="8">
         <v>338</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L27" s="9">
-        <v>1679.0</v>
+        <v>1799.0</v>
       </c>
       <c r="M27" s="9">
-        <v>1849.0</v>
+        <v>1979.0</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>143</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>144</v>
       </c>
       <c r="V27" s="6"/>
       <c r="W27" s="6" t="s">
         <v>121</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y27" s="8">
         <v>0.529</v>
       </c>
       <c r="Z27" s="6"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="8">
-        <v>563853</v>
+        <v>586052</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>141</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>145</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F28" s="6"/>
       <c r="G28" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H28" s="6"/>
       <c r="I28" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J28" s="8">
         <v>338</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L28" s="9">
-        <v>1679.0</v>
+        <v>1799.0</v>
       </c>
       <c r="M28" s="9">
-        <v>1849.0</v>
+        <v>1979.0</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O28" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q28" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R28" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S28" s="6" t="s">
         <v>143</v>
       </c>
       <c r="T28" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U28" s="6" t="s">
         <v>146</v>
       </c>
       <c r="V28" s="6"/>
       <c r="W28" s="6" t="s">
         <v>125</v>
       </c>
       <c r="X28" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y28" s="8">
         <v>0.529</v>
       </c>
       <c r="Z28" s="6"/>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="8">
-        <v>561783</v>
+        <v>584431</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>147</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>148</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F29" s="6"/>
       <c r="G29" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H29" s="6"/>
       <c r="I29" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J29" s="8">
         <v>460</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L29" s="9">
-        <v>1769.0</v>
+        <v>1899.0</v>
       </c>
       <c r="M29" s="9">
-        <v>1949.0</v>
+        <v>2089.0</v>
       </c>
       <c r="N29" s="6"/>
       <c r="O29" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P29" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q29" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R29" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S29" s="6" t="s">
         <v>149</v>
       </c>
       <c r="T29" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U29" s="6" t="s">
         <v>150</v>
       </c>
       <c r="V29" s="6"/>
       <c r="W29" s="6" t="s">
         <v>121</v>
       </c>
       <c r="X29" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y29" s="8">
         <v>0.54</v>
       </c>
       <c r="Z29" s="6"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="8">
-        <v>562189</v>
+        <v>584781</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>147</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>151</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F30" s="6"/>
       <c r="G30" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H30" s="6"/>
       <c r="I30" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J30" s="8">
         <v>460</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L30" s="9">
-        <v>1769.0</v>
+        <v>1899.0</v>
       </c>
       <c r="M30" s="9">
-        <v>1949.0</v>
+        <v>2089.0</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P30" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q30" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R30" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S30" s="6" t="s">
         <v>149</v>
       </c>
       <c r="T30" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U30" s="6" t="s">
         <v>152</v>
       </c>
       <c r="V30" s="6"/>
       <c r="W30" s="6" t="s">
         <v>125</v>
       </c>
       <c r="X30" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y30" s="8">
         <v>0.54</v>
       </c>
       <c r="Z30" s="6"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="8">
-        <v>561778</v>
+        <v>584426</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>153</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>154</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F31" s="6"/>
       <c r="G31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H31" s="6"/>
       <c r="I31" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J31" s="8">
         <v>271</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L31" s="9">
-        <v>1119.0</v>
+        <v>1199.0</v>
       </c>
       <c r="M31" s="9">
-        <v>1229.0</v>
+        <v>1319.0</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>155</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>156</v>
       </c>
       <c r="V31" s="6"/>
       <c r="W31" s="6" t="s">
         <v>121</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y31" s="8">
         <v>0.357</v>
       </c>
       <c r="Z31" s="6"/>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="8">
-        <v>562188</v>
+        <v>584780</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>153</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
         <v>157</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F32" s="6"/>
       <c r="G32" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H32" s="6"/>
       <c r="I32" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J32" s="8">
         <v>271</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L32" s="9">
-        <v>1119.0</v>
+        <v>1199.0</v>
       </c>
       <c r="M32" s="9">
-        <v>1229.0</v>
+        <v>1319.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O32" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q32" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R32" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S32" s="6" t="s">
         <v>158</v>
       </c>
       <c r="T32" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U32" s="6" t="s">
         <v>159</v>
       </c>
       <c r="V32" s="6"/>
       <c r="W32" s="6" t="s">
         <v>125</v>
       </c>
       <c r="X32" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y32" s="8">
         <v>0.357</v>
       </c>
       <c r="Z32" s="6"/>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="8">
-        <v>563390</v>
+        <v>585664</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>160</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>161</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F33" s="6"/>
       <c r="G33" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H33" s="6"/>
       <c r="I33" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J33" s="8">
         <v>174</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L33" s="9">
-        <v>779.0</v>
+        <v>839.0</v>
       </c>
       <c r="M33" s="9">
-        <v>859.0</v>
+        <v>919.0</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O33" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P33" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q33" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R33" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S33" s="6" t="s">
         <v>162</v>
       </c>
       <c r="T33" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U33" s="6" t="s">
         <v>163</v>
       </c>
       <c r="V33" s="6"/>
       <c r="W33" s="6" t="s">
         <v>121</v>
       </c>
       <c r="X33" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y33" s="8">
         <v>0.263</v>
       </c>
       <c r="Z33" s="6"/>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="8">
-        <v>563634</v>
+        <v>585871</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
         <v>165</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F34" s="6"/>
       <c r="G34" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H34" s="6"/>
       <c r="I34" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J34" s="8">
         <v>174</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L34" s="9">
-        <v>779.0</v>
+        <v>839.0</v>
       </c>
       <c r="M34" s="9">
-        <v>859.0</v>
+        <v>919.0</v>
       </c>
       <c r="N34" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O34" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P34" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q34" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R34" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S34" s="6" t="s">
         <v>162</v>
       </c>
       <c r="T34" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U34" s="6" t="s">
         <v>166</v>
       </c>
       <c r="V34" s="6"/>
       <c r="W34" s="6" t="s">
         <v>125</v>
       </c>
       <c r="X34" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y34" s="8">
         <v>0.263</v>
       </c>
       <c r="Z34" s="6"/>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="8">
-        <v>561781</v>
+        <v>584429</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>133</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
         <v>167</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F35" s="6"/>
       <c r="G35" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H35" s="6"/>
       <c r="I35" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J35" s="8">
         <v>162</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L35" s="9">
-        <v>739.0</v>
+        <v>789.0</v>
       </c>
       <c r="M35" s="9">
-        <v>809.0</v>
+        <v>869.0</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>168</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>169</v>
       </c>
       <c r="V35" s="6"/>
       <c r="W35" s="6" t="s">
         <v>121</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y35" s="8">
         <v>0.252</v>
       </c>
       <c r="Z35" s="6"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="8">
-        <v>562045</v>
+        <v>584655</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>137</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
         <v>170</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F36" s="6"/>
       <c r="G36" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H36" s="6"/>
       <c r="I36" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J36" s="8">
         <v>162</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L36" s="9">
-        <v>739.0</v>
+        <v>789.0</v>
       </c>
       <c r="M36" s="9">
-        <v>809.0</v>
+        <v>869.0</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O36" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P36" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q36" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R36" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S36" s="6" t="s">
         <v>168</v>
       </c>
       <c r="T36" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U36" s="6" t="s">
         <v>171</v>
       </c>
       <c r="V36" s="6"/>
       <c r="W36" s="6" t="s">
         <v>125</v>
       </c>
       <c r="X36" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y36" s="8">
         <v>0.252</v>
       </c>
       <c r="Z36" s="6"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="8">
-        <v>563542</v>
+        <v>585786</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>172</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
         <v>173</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F37" s="6"/>
       <c r="G37" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H37" s="6"/>
       <c r="I37" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J37" s="8">
         <v>370</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L37" s="9">
-        <v>1459.0</v>
+        <v>1559.0</v>
       </c>
       <c r="M37" s="9">
-        <v>1599.0</v>
+        <v>1709.0</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O37" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P37" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q37" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R37" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S37" s="6" t="s">
         <v>174</v>
       </c>
       <c r="T37" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U37" s="6" t="s">
         <v>175</v>
       </c>
       <c r="V37" s="6"/>
       <c r="W37" s="6" t="s">
         <v>121</v>
       </c>
       <c r="X37" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y37" s="8">
         <v>0.453</v>
       </c>
       <c r="Z37" s="6"/>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="8">
-        <v>563726</v>
+        <v>585948</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>172</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
         <v>176</v>
       </c>
       <c r="E38" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F38" s="6"/>
       <c r="G38" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H38" s="6"/>
       <c r="I38" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J38" s="8">
         <v>370</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L38" s="9">
-        <v>1459.0</v>
+        <v>1559.0</v>
       </c>
       <c r="M38" s="9">
-        <v>1599.0</v>
+        <v>1709.0</v>
       </c>
       <c r="N38" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O38" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P38" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q38" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R38" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S38" s="6" t="s">
         <v>174</v>
       </c>
       <c r="T38" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U38" s="6" t="s">
         <v>177</v>
       </c>
       <c r="V38" s="6"/>
       <c r="W38" s="6" t="s">
         <v>125</v>
       </c>
       <c r="X38" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y38" s="8">
         <v>0.453</v>
       </c>
       <c r="Z38" s="6"/>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="8">
-        <v>563817</v>
+        <v>586017</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>178</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
         <v>179</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>180</v>
       </c>
       <c r="F39" s="6"/>
       <c r="G39" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H39" s="6"/>
       <c r="I39" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J39" s="8">
         <v>297</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L39" s="9">
-        <v>1499.0</v>
+        <v>1609.0</v>
       </c>
       <c r="M39" s="9">
-        <v>1649.0</v>
+        <v>1769.0</v>
       </c>
       <c r="N39" s="6"/>
       <c r="O39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>181</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>182</v>
       </c>
       <c r="V39" s="6"/>
       <c r="W39" s="6" t="s">
         <v>121</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y39" s="8">
         <v>0.48</v>
       </c>
       <c r="Z39" s="6"/>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="8">
-        <v>563837</v>
+        <v>586033</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>178</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6" t="s">
         <v>183</v>
       </c>
       <c r="E40" s="6" t="s">
         <v>180</v>
       </c>
       <c r="F40" s="6"/>
       <c r="G40" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H40" s="6"/>
       <c r="I40" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J40" s="8">
         <v>297</v>
       </c>
       <c r="K40" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L40" s="9">
-        <v>1499.0</v>
+        <v>1609.0</v>
       </c>
       <c r="M40" s="9">
-        <v>1649.0</v>
+        <v>1769.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O40" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q40" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R40" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S40" s="6" t="s">
         <v>181</v>
       </c>
       <c r="T40" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U40" s="6" t="s">
         <v>184</v>
       </c>
       <c r="V40" s="6"/>
       <c r="W40" s="6" t="s">
         <v>125</v>
       </c>
       <c r="X40" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y40" s="8">
         <v>0.48</v>
       </c>
       <c r="Z40" s="6"/>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="8">
-        <v>561782</v>
+        <v>584430</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>185</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6" t="s">
         <v>186</v>
       </c>
       <c r="E41" s="6" t="s">
         <v>187</v>
       </c>
       <c r="F41" s="6"/>
       <c r="G41" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H41" s="6"/>
       <c r="I41" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J41" s="8">
         <v>145</v>
       </c>
       <c r="K41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L41" s="9">
-        <v>589.0</v>
+        <v>629.0</v>
       </c>
       <c r="M41" s="9">
-        <v>649.0</v>
+        <v>689.0</v>
       </c>
       <c r="N41" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P41" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q41" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R41" s="6" t="s">
         <v>188</v>
       </c>
       <c r="S41" s="6" t="s">
         <v>189</v>
       </c>
       <c r="T41" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U41" s="6" t="s">
         <v>190</v>
       </c>
       <c r="V41" s="6"/>
       <c r="W41" s="6" t="s">
         <v>191</v>
       </c>
       <c r="X41" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y41" s="8">
         <v>0.154</v>
       </c>
       <c r="Z41" s="6"/>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="8">
-        <v>562190</v>
+        <v>584782</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>185</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6" t="s">
         <v>192</v>
       </c>
       <c r="E42" s="6" t="s">
         <v>187</v>
       </c>
       <c r="F42" s="6"/>
       <c r="G42" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H42" s="6"/>
       <c r="I42" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J42" s="8">
         <v>145</v>
       </c>
       <c r="K42" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L42" s="9">
-        <v>589.0</v>
+        <v>629.0</v>
       </c>
       <c r="M42" s="9">
-        <v>649.0</v>
+        <v>689.0</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O42" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P42" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q42" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R42" s="6" t="s">
         <v>188</v>
       </c>
       <c r="S42" s="6" t="s">
         <v>189</v>
       </c>
       <c r="T42" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U42" s="6" t="s">
         <v>193</v>
       </c>
       <c r="V42" s="6"/>
       <c r="W42" s="6" t="s">
         <v>194</v>
       </c>
       <c r="X42" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y42" s="8">
         <v>0.154</v>
       </c>
       <c r="Z42" s="6"/>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="8">
-        <v>562059</v>
+        <v>584664</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>153</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6" t="s">
         <v>195</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>72</v>
       </c>
       <c r="F43" s="6"/>
       <c r="G43" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H43" s="6"/>
       <c r="I43" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J43" s="8">
         <v>242</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L43" s="9">
-        <v>1019.0</v>
+        <v>1089.0</v>
       </c>
       <c r="M43" s="9">
-        <v>1119.0</v>
+        <v>1199.0</v>
       </c>
       <c r="N43" s="6"/>
       <c r="O43" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>82</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>196</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>197</v>
       </c>
       <c r="V43" s="6"/>
       <c r="W43" s="6" t="s">