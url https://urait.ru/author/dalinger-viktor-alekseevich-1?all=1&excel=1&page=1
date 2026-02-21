--- v1 (2026-02-10)
+++ v2 (2026-02-21)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
-    <t>10.02.2026</t>
+    <t>21.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>