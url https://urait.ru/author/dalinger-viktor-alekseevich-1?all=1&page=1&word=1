--- v0 (2025-12-26)
+++ v1 (2026-02-10)
@@ -13,1050 +13,1050 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Далингер, В. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Геометрия: метод аналогии : учебник для среднего профессионального образования / В. А. Далингер, Р. Ю. Костюченко. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 136 с. — (Профессиональное образование). — ISBN 978-5-534-08100-8.</w:t>
+        <w:t xml:space="preserve">Геометрия: метод аналогии : учебник для среднего профессионального образования / В. А. Далингер, Р. Ю. Костюченко. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 136 с. — (Профессиональное образование). — ISBN 978-5-534-08100-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563819</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Геометрия: планиметрические задачи на построение : учебник для вузов / В. А. Далингер. — 2-е изд., испр. — Москва : Издательство Юрайт, 2025. — 155 с. — (Высшее образование). — ISBN 978-5-534-05758-4.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586020</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Геометрия: планиметрические задачи на построение : учебник для вузов / В. А. Далингер. — 2-е изд., испр. — Москва : Издательство Юрайт, 2026. — 155 с. — (Высшее образование). — ISBN 978-5-534-05758-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/564260</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Геометрия: планиметрические задачи на построение : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. — Москва : Издательство Юрайт, 2025. — 155 с. — (Профессиональное образование). — ISBN 978-5-534-04836-0.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586280</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Геометрия: планиметрические задачи на построение : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. — Москва : Издательство Юрайт, 2026. — 155 с. — (Профессиональное образование). — ISBN 978-5-534-04836-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563543</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Геометрия: стереометрические задачи на построение : учебник и практикум для среднего профессионального образования / В. А. Далингер. — 2-е изд. — Москва : Издательство Юрайт, 2025. — 186 с. — (Профессиональное образование). — ISBN 978-5-534-05735-5.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585787</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Геометрия: стереометрические задачи на построение : учебник и практикум для среднего профессионального образования / В. А. Далингер. — 2-е изд. — Москва : Издательство Юрайт, 2026. — 186 с. — (Профессиональное образование). — ISBN 978-5-534-05735-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/558119</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Задачи с параметрами в 2 ч. Часть 1 : учебник для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 466 с. — (Высшее образование). — ISBN 978-5-534-15073-5.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586018</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Задачи с параметрами в 2 ч. Часть 1 : учебник для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 466 с. — (Высшее образование). — ISBN 978-5-534-15073-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/568235</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Задачи с параметрами в 2 ч. Часть 2 : учебник для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 501 с. — (Высшее образование). — ISBN 978-5-534-15071-1.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/589034</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Задачи с параметрами в 2 ч. Часть 2 : учебник для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 501 с. — (Высшее образование). — ISBN 978-5-534-15071-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/568236</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Информатика и математика. Решение уравнений и оптимизация в Mathcad и Maple : учебник и практикум для вузов / В. А. Далингер, С. Д. Симонженков. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 141 с. — (Высшее образование). — ISBN 978-5-534-11235-1.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/589035</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Информатика и математика. Решение уравнений и оптимизация в Mathcad и Maple : учебник и практикум для вузов / В. А. Далингер, С. Д. Симонженков. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 141 с. — (Высшее образование). — ISBN 978-5-534-11235-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/558579</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Информатика и математика. Решение уравнений и оптимизация в Mathcad и Maple : учебник и практикум для среднего профессионального образования / В. А. Далингер, С. Д. Симонженков. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 141 с. — (Профессиональное образование). — ISBN 978-5-534-12964-9.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584460</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Информатика и математика. Решение уравнений и оптимизация в Mathcad и Maple : учебник и практикум для среднего профессионального образования / В. А. Далингер, С. Д. Симонженков. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 141 с. — (Профессиональное образование). — ISBN 978-5-534-12964-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/558580</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Комплексный анализ : учебник для вузов / В. А. Далингер, С. Д. Симонженков. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 143 с. — (Высшее образование). — ISBN 978-5-534-08399-6.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584778</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Комплексный анализ : учебник для вузов / В. А. Далингер, С. Д. Симонженков. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 143 с. — (Высшее образование). — ISBN 978-5-534-08399-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563389</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Математика. Методика преподавания модулей в средней школе и спо : учебник и практикум для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 361 с. — (Высшее образование). — ISBN 978-5-534-18458-7.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585662</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Математика. Методика преподавания модулей в средней школе и спо : учебник и практикум для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 361 с. — (Высшее образование). — ISBN 978-5-534-18458-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/578963</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Математика: задачи с модулем : учебник и практикум для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 361 с. — (Профессиональное образование). — ISBN 978-5-534-04793-6.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/590293</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Математика: задачи с модулем : учебник и практикум для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 361 с. — (Профессиональное образование). — ISBN 978-5-534-04793-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/558813</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Математика: задачи с параметрами в 2 ч. Часть 1 : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 466 с. — (Профессиональное образование). — ISBN 978-5-534-04755-4.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585789</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Математика: задачи с параметрами в 2 ч. Часть 1 : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 466 с. — (Профессиональное образование). — ISBN 978-5-534-04755-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563391</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Математика: задачи с параметрами в 2 ч. Часть 2 : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 501 с. — (Профессиональное образование). — ISBN 978-5-534-04757-8.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585665</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Математика: задачи с параметрами в 2 ч. Часть 2 : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 501 с. — (Профессиональное образование). — ISBN 978-5-534-04757-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563604</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Математика: логарифмические уравнения и неравенства : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 176 с. — (Профессиональное образование). — ISBN 978-5-534-05316-6.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585842</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Математика: логарифмические уравнения и неравенства : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 176 с. — (Профессиональное образование). — ISBN 978-5-534-05316-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563392</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Математика: обратные тригонометрические функции. Решение задач : учебник и практикум для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 144 с. — (Профессиональное образование). — ISBN 978-5-534-08452-8.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585666</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Математика: обратные тригонометрические функции. Решение задач : учебник и практикум для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 144 с. — (Профессиональное образование). — ISBN 978-5-534-08452-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/558843</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Математика: тригонометрические уравнения и неравенства : учебник и практикум для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 123 с. — (Профессиональное образование). — ISBN 978-5-534-08453-5.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585663</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Математика: тригонометрические уравнения и неравенства : учебник и практикум для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 123 с. — (Профессиональное образование). — ISBN 978-5-534-08453-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/559225</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения математике в начальной школе : учебник для вузов / В. А. Далингер, Л. П. Борисова. — 3-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 222 с. — (Высшее образование). — ISBN 978-5-534-18628-4.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585791</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения математике в начальной школе : учебник для вузов / В. А. Далингер, Л. П. Борисова. — 3-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 222 с. — (Высшее образование). — ISBN 978-5-534-18628-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561780</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения математике в начальной школе : учебник для среднего профессионального образования / В. А. Далингер, Л. П. Борисова. — 3-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 222 с. — (Профессиональное образование). — ISBN 978-5-534-18627-7.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584428</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения математике в начальной школе : учебник для среднего профессионального образования / В. А. Далингер, Л. П. Борисова. — 3-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 222 с. — (Профессиональное образование). — ISBN 978-5-534-18627-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562044</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения математике. Изучение дробей и действий над ними : учебник для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 194 с. — (Высшее образование). — ISBN 978-5-534-09599-9.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584654</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения математике. Изучение дробей и действий над ними : учебник для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 194 с. — (Высшее образование). — ISBN 978-5-534-09599-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561779</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения математике. Изучение дробей и действий над ними : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 194 с. — (Профессиональное образование). — ISBN 978-5-9916-8967-0.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584427</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения математике. Изучение дробей и действий над ними : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 194 с. — (Профессиональное образование). — ISBN 978-5-9916-8967-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562043</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения математике. Когнитивно-визуальный подход : учебник для вузов / В. А. Далингер, С. Д. Симонженков. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 340 с. — (Высшее образование). — ISBN 978-5-534-09596-8.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584653</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения математике. Когнитивно-визуальный подход : учебник для вузов / В. А. Далингер, С. Д. Симонженков. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 340 с. — (Высшее образование). — ISBN 978-5-534-09596-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561784</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения математике. Когнитивно-визуальный подход : учебник для среднего профессионального образования / В. А. Далингер, С. Д. Симонженков. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 340 с. — (Профессиональное образование). — ISBN 978-5-9916-8996-0.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584432</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения математике. Когнитивно-визуальный подход : учебник для среднего профессионального образования / В. А. Далингер, С. Д. Симонженков. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 340 с. — (Профессиональное образование). — ISBN 978-5-9916-8996-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562052</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения математике. Обучение учащихся доказательству теорем : учебник для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 338 с. — (Высшее образование). — ISBN 978-5-534-05736-2.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584659</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения математике. Обучение учащихся доказательству теорем : учебник для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 338 с. — (Высшее образование). — ISBN 978-5-534-05736-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563818</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения математике. Обучение учащихся доказательству теорем : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 338 с. — (Профессиональное образование). — ISBN 978-5-534-06731-6.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586019</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения математике. Обучение учащихся доказательству теорем : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 338 с. — (Профессиональное образование). — ISBN 978-5-534-06731-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563853</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения математике. Поисково-исследовательская деятельность учащихся : учебник и практикум для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 460 с. — (Высшее образование). — ISBN 978-5-534-09597-5.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586052</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения математике. Поисково-исследовательская деятельность учащихся : учебник и практикум для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 460 с. — (Высшее образование). — ISBN 978-5-534-09597-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561783</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения математике. Поисково-исследовательская деятельность учащихся : учебник и практикум для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 460 с. — (Профессиональное образование). — ISBN 978-5-534-01288-0.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584431</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения математике. Поисково-исследовательская деятельность учащихся : учебник и практикум для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 460 с. — (Профессиональное образование). — ISBN 978-5-534-01288-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562189</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения математике. Практикум по решению задач : учебник для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 271 с. — (Высшее образование). — ISBN 978-5-534-09601-9.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584781</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения математике. Практикум по решению задач : учебник для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 271 с. — (Высшее образование). — ISBN 978-5-534-09601-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561778</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения математике. Практикум по решению задач : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 271 с. — (Профессиональное образование). — ISBN 978-5-534-00695-7.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584426</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения математике. Практикум по решению задач : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 271 с. — (Профессиональное образование). — ISBN 978-5-534-00695-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562188</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения математике. Традиционные сюжетно-текстовые задачи : учебник для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 174 с. — (Высшее образование). — ISBN 978-5-534-09591-3.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584780</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения математике. Традиционные сюжетно-текстовые задачи : учебник для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 174 с. — (Высшее образование). — ISBN 978-5-534-09591-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563390</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения математике. Традиционные сюжетно-текстовые задачи : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 174 с. — (Профессиональное образование). — ISBN 978-5-534-04664-9.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585664</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения математике. Традиционные сюжетно-текстовые задачи : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 174 с. — (Профессиональное образование). — ISBN 978-5-534-04664-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563634</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения началам математического анализа : учебник и практикум для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 162 с. — (Высшее образование). — ISBN 978-5-534-09598-2.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585871</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения началам математического анализа : учебник и практикум для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 162 с. — (Высшее образование). — ISBN 978-5-534-09598-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561781</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения началам математического анализа : учебник и практикум для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 162 с. — (Профессиональное образование). — ISBN 978-5-9916-8987-8.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584429</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения началам математического анализа : учебник и практикум для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 162 с. — (Профессиональное образование). — ISBN 978-5-9916-8987-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562045</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения стереометрии посредством решения задач : учебник для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 370 с. — (Высшее образование). — ISBN 978-5-534-09587-6.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584655</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения стереометрии посредством решения задач : учебник для вузов / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 370 с. — (Высшее образование). — ISBN 978-5-534-09587-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563542</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Методика обучения стереометрии посредством решения задач : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 370 с. — (Профессиональное образование). — ISBN 978-5-534-04873-5.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585786</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Методика обучения стереометрии посредством решения задач : учебник для среднего профессионального образования / В. А. Далингер. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 370 с. — (Профессиональное образование). — ISBN 978-5-534-04873-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563726</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585948</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Методика развивающего обучения математике : учебник для вузов / В. А. Далингер, Н. Д. Шатова, Е. А. Кальт, Л. А. Филоненко ; под общей редакцией В. А. Далингера. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 297 с. — (Высшее образование). — ISBN 978-5-534-05734-8.</w:t>
+        <w:t xml:space="preserve">Методика развивающего обучения математике : учебник для вузов / В. А. Далингер, Н. Д. Шатова, Е. А. Кальт, Л. А. Филоненко ; под общей редакцией В. А. Далингера. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 297 с. — (Высшее образование). — ISBN 978-5-534-05734-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563817</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Методика развивающего обучения математике : учебник для среднего профессионального образования / В. А. Далингер, Н. Д. Шатова, Е. А. Кальт, Л. А. Филоненко ; под общей редакцией В. А. Далингера. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 297 с. — (Профессиональное образование). — ISBN 978-5-534-07408-6.</w:t>
+        <w:t xml:space="preserve">Методика развивающего обучения математике : учебник для среднего профессионального образования / В. А. Далингер, Н. Д. Шатова, Е. А. Кальт, Л. А. Филоненко ; под общей редакцией В. А. Далингера. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 297 с. — (Профессиональное образование). — ISBN 978-5-534-07408-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563837</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Теория вероятностей и математическая статистика с применением Mathcad : учебник и практикум для вузов / В. А. Далингер, С. Д. Симонженков, Б. С. Галюкшов. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 145 с. — (Высшее образование). — ISBN 978-5-534-10080-8.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586033</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Теория вероятностей и математическая статистика с применением Mathcad : учебник и практикум для вузов / В. А. Далингер, С. Д. Симонженков, Б. С. Галюкшов. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 145 с. — (Высшее образование). — ISBN 978-5-534-10080-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561782</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Теория вероятностей и математическая статистика с применением Mathcad : учебник и практикум для среднего профессионального образования / В. А. Далингер, С. Д. Симонженков, Б. С. Галюкшов. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 145 с. — (Профессиональное образование). — ISBN 978-5-534-10081-5.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584430</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Теория вероятностей и математическая статистика с применением Mathcad : учебник и практикум для среднего профессионального образования / В. А. Далингер, С. Д. Симонженков, Б. С. Галюкшов. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 145 с. — (Профессиональное образование). — ISBN 978-5-534-10081-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562190</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Теория функций действительного переменного : учебник и практикум для вузов / В. А. Далингер, С. Д. Симонженков. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 242 с. — (Высшее образование). — ISBN 978-5-9916-8999-1.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584782</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Далингер, В. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Теория функций действительного переменного : учебник и практикум для вузов / В. А. Далингер, С. Д. Симонженков. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 242 с. — (Высшее образование). — ISBN 978-5-9916-8999-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562059</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584664</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1171,51 +1171,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="Link"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563819" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564260" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563543" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/558119" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568235" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568236" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/558579" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/558580" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563389" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/578963" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/558813" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563391" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563604" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563392" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/558843" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/559225" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561780" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562044" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561779" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562043" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561784" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562052" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563818" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563853" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561783" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562189" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561778" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562188" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563390" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563634" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561781" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562045" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563542" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563726" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563817" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563837" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561782" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562190" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562059" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586020" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586280" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585787" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586018" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589034" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589035" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584460" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584778" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585662" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590293" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585789" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585665" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585842" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585666" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585663" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585791" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584428" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584654" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584427" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584653" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584432" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584659" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586019" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586052" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584431" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584781" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584426" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584780" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585664" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585871" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584429" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584655" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585786" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585948" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586017" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586033" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584430" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584782" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584664" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>