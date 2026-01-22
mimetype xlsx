--- v0 (2025-12-05)
+++ v1 (2026-01-22)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
-    <t>06.12.2025</t>
+    <t>22.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -118,117 +118,117 @@
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>06.02.2025</t>
   </si>
   <si>
     <t>ТЕОРИЯ ЭЛЕКТРИЧЕСКИХ ЦЕПЕЙ 2-е изд. Учебник для СПО</t>
   </si>
   <si>
     <t>Данилов И. А.</t>
   </si>
   <si>
+    <t>Обложка</t>
+  </si>
+  <si>
+    <t>Гриф УМО СПО</t>
+  </si>
+  <si>
+    <t>Профессиональное образование</t>
+  </si>
+  <si>
+    <t>Технические науки</t>
+  </si>
+  <si>
+    <t>Электротехника, электроника, телекоммуникации</t>
+  </si>
+  <si>
+    <t>В курсе разъясняются физическая сущность явлений, происходящих в электрических цепях, методы расчета электрических цепей переменного и постоянного тока, принципы работы электротехнических устройств, рассматриваются резонансные явления и переходные процессы в электрических цепях.</t>
+  </si>
+  <si>
+    <t>М.:Издательство Юрайт</t>
+  </si>
+  <si>
+    <t>978-5-534-21183-2</t>
+  </si>
+  <si>
+    <t>31.21я73</t>
+  </si>
+  <si>
+    <t>70*100/16</t>
+  </si>
+  <si>
+    <t>05.02.2025</t>
+  </si>
+  <si>
+    <t>ТЕОРИЯ ЭЛЕКТРИЧЕСКИХ ЦЕПЕЙ 2-е изд., испр. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Гриф УМО ВО</t>
+  </si>
+  <si>
+    <t>Высшее образование</t>
+  </si>
+  <si>
+    <t>978-5-534-21180-1</t>
+  </si>
+  <si>
+    <t>ЭЛЕКТРИЧЕСКИЕ МАШИНЫ 2-е изд. Учебник для СПО</t>
+  </si>
+  <si>
+    <t>В книге разъясняются принципы действия, назначение и применение электрических машин: электрических двигателей и генераторов постоянного и переменного тока, а также трансформаторов. Разбирается физическая сущность явлений, происходящих в электрических цепях, устройство и характеристики различных электрических машин.</t>
+  </si>
+  <si>
+    <t>978-5-534-21179-5</t>
+  </si>
+  <si>
+    <t>ЭЛЕКТРИЧЕСКИЕ МАШИНЫ 2-е изд., испр. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>978-5-534-21178-8</t>
+  </si>
+  <si>
+    <t>12.08.2013</t>
+  </si>
+  <si>
+    <t>ЭЛЕКТРОТЕХНИКА 2-е изд., испр. и доп. Учебник для вузов</t>
+  </si>
+  <si>
     <t>Переплет</t>
-  </si>
-[...64 lines deleted...]
-    <t>ЭЛЕКТРОТЕХНИКА 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе разъясняются физическая сущность явлений, происходящих в электрических цепях, принципы работы электротехнических устройств, рассматриваются резонансные явления в электрических цепях, трехфазные системы и многое другое. Особое внимание уделено методическому материалу, который обеспечивает самоконтроль усвоения информации и коррекцию ошибок, возникающих в процессе работы. Разъяснение ошибок приведено в конце книги, в консультациях.</t>
   </si>
   <si>
     <t>978-5-534-21153-5</t>
   </si>
   <si>
     <t>18.04.2018</t>
   </si>
   <si>
     <t>ЭЛЕКТРОТЕХНИКА 2-е изд., испр. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>В курсе разъясняются физическая сущность явлений, происходящих в электрических цепях, принципы работы электротехнических устройств, рассматриваются резонансные явления в электрических цепях, трехфазные системы и многое другое. Материал изложен кратко, с учетом времени, отводимого учебным планом на каждую тему. Назначение учебного пособия обеспечить понимание сущности изучаемого предмета, заложить основы для дальнейшей самостоятельной работы, поэтому особое внимание уделено методическому материалу, который обеспечивает самоконтроль усвоения информации и коррекцию ошибок, возникающих в процессе работы.</t>
   </si>
   <si>
     <t>978-5-534-21154-2</t>
   </si>
   <si>
     <t>31.21я723</t>
   </si>
 </sst>
 </file>
 
@@ -609,51 +609,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-elektricheskih-cepey-559512" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-elektricheskih-cepey-559509" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektricheskie-mashiny-559508" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektricheskie-mashiny-559507" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektrotehnika-559467" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektrotehnika-559468" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-elektricheskih-cepey-599087" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-elektricheskih-cepey-599085" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektricheskie-mashiny-599086" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektricheskie-mashiny-599084" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektrotehnika-599077" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektrotehnika-599078" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -834,437 +834,437 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>559512</v>
+        <v>599087</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>125</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>759.0</v>
+        <v>649.0</v>
       </c>
       <c r="M5" s="9">
-        <v>829.0</v>
+        <v>709.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
-        <v>0.271</v>
+        <v>0.17</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>559509</v>
+        <v>599085</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>125</v>
       </c>
       <c r="K6" s="6" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>649.0</v>
       </c>
       <c r="M6" s="9">
         <v>709.0</v>
       </c>
       <c r="N6" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P6" s="6" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.17</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>559508</v>
+        <v>599086</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>95</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="L7" s="9">
         <v>539.0</v>
       </c>
       <c r="M7" s="9">
         <v>589.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.134</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>559507</v>
+        <v>599084</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>95</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="L8" s="9">
         <v>539.0</v>
       </c>
       <c r="M8" s="9">
         <v>589.0</v>
       </c>
       <c r="N8" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="O8" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P8" s="6" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.134</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>559467</v>
+        <v>599077</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>412</v>
       </c>
       <c r="K9" s="6" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="L9" s="9">
         <v>1999.0</v>
       </c>
       <c r="M9" s="9">
         <v>2199.0</v>
       </c>
       <c r="N9" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="O9" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P9" s="6" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>57</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>58</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.619</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>559468</v>
+        <v>599078</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>412</v>
       </c>
       <c r="K10" s="6" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="L10" s="9">
         <v>1999.0</v>
       </c>
       <c r="M10" s="9">
         <v>2199.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>