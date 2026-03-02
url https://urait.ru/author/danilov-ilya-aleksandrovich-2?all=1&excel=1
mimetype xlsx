--- v1 (2026-01-22)
+++ v2 (2026-03-02)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
-    <t>22.01.2026</t>
+    <t>02.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -861,54 +861,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>125</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>649.0</v>
+        <v>699.0</v>
       </c>
       <c r="M5" s="9">
-        <v>709.0</v>
+        <v>769.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -931,54 +931,54 @@
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>125</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>649.0</v>
+        <v>699.0</v>
       </c>
       <c r="M6" s="9">
-        <v>709.0</v>
+        <v>769.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
@@ -1001,54 +1001,54 @@
       <c r="B7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>95</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>539.0</v>
+        <v>569.0</v>
       </c>
       <c r="M7" s="9">
-        <v>589.0</v>
+        <v>629.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>51</v>
       </c>
@@ -1071,54 +1071,54 @@
       <c r="B8" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>95</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>539.0</v>
+        <v>569.0</v>
       </c>
       <c r="M8" s="9">
-        <v>589.0</v>
+        <v>629.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>53</v>
       </c>
@@ -1141,54 +1141,54 @@
       <c r="B9" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>412</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>56</v>
       </c>
       <c r="L9" s="9">
-        <v>1999.0</v>
+        <v>2139.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2199.0</v>
+        <v>2349.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>56</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>57</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>58</v>
       </c>
@@ -1211,54 +1211,54 @@
       <c r="B10" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>412</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>56</v>
       </c>
       <c r="L10" s="9">
-        <v>1999.0</v>
+        <v>2139.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2199.0</v>
+        <v>2349.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>56</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>62</v>
       </c>