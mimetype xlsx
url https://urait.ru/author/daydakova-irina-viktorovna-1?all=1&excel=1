--- v0 (2025-12-05)
+++ v1 (2026-02-07)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
-[...1 lines deleted...]
-    <t>06.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+  <si>
+    <t>07.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -109,87 +109,108 @@
   <si>
     <t>Аннотация</t>
   </si>
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
+    <t>26.01.2012</t>
+  </si>
+  <si>
+    <t>НЕОРГАНИЧЕСКАЯ ХИМИЯ. ПРАКТИКУМ. Учебник и практикум для вузов</t>
+  </si>
+  <si>
+    <t>Смарыгин С. Н., Багнавец Н. Л., Дайдакова И. В.</t>
+  </si>
+  <si>
+    <t>Переплет</t>
+  </si>
+  <si>
+    <t>Гриф УМО ВО</t>
+  </si>
+  <si>
+    <t>Высшее образование</t>
+  </si>
+  <si>
+    <t>Естественные науки</t>
+  </si>
+  <si>
+    <t>Химия</t>
+  </si>
+  <si>
+    <t>Практикум состоит из двух частей: «Теоретические основы» и «Химия элементов». Каждая часть включает несколько глав. Главы первой части помогают закрепить основы общей химии, второй — изучить свойства простых веществ и соединений химических элементов по группам периодической системы Д. И. Менделеева. Главы пособия имеют одинаковую структуру. Сначала указаны вопросы для подготовки к коллоквиуму и главы учебника, которые надо повторить, чтобы начать самостоятельную работу. Затем следуют примеры, подробно разъясняющие возможные способы решения типовых задач. В конце каждой главы приведены индивидуальные задания.</t>
+  </si>
+  <si>
+    <t>М.:Издательство Юрайт</t>
+  </si>
+  <si>
+    <t>978-5-9916-1831-1</t>
+  </si>
+  <si>
+    <t>24.1я73</t>
+  </si>
+  <si>
+    <t>60*90/16</t>
+  </si>
+  <si>
     <t>07.06.2016</t>
   </si>
   <si>
     <t>НЕОРГАНИЧЕСКАЯ ХИМИЯ. ПРАКТИКУМ. Учебно-практическое пособие для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> С. Н. Смарыгин,  Н. Л. Багнавец,  И. В. Дайдакова.</t>
-[...4 lines deleted...]
-  <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
-    <t>Естественные науки</t>
-[...4 lines deleted...]
-  <si>
     <t>Данный практикум состоит из двух частей: «Теоретические основы» и «Химия элементов». Каждая часть включает несколько глав, которые имеют одинаковую структуру. Сначала указаны вопросы для подготовки к коллоквиуму и главы учебника, которые надо повторить, чтобы начать самостоятельную работу. Затем следуют примеры, подробно разъясняющие возможные способы решения типовых задач. Главы первой части помогают закрепить основы общей химии, второй изучить свойства простых веществ и соединений химических элементов по группам периодической системы Д. И. Менделеева.</t>
   </si>
   <si>
-    <t>М.:Издательство Юрайт</t>
-[...1 lines deleted...]
-  <si>
     <t>978-5-9916-6577-3</t>
   </si>
   <si>
     <t>24.1я723</t>
-  </si>
-[...1 lines deleted...]
-    <t>60*90/16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
@@ -549,59 +570,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-praktikum-558167" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-praktikum-582793" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-praktikum-583980" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z5"/>
+  <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -660,51 +681,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -774,126 +795,197 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558167</v>
+        <v>582793</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>414</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1609.0</v>
+        <v>1729.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1769.0</v>
+        <v>1899.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.496</v>
       </c>
       <c r="Z5" s="6"/>
+    </row>
+    <row r="6" spans="1:26">
+      <c r="A6" s="8">
+        <v>583980</v>
+      </c>
+      <c r="B6" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" s="6"/>
+      <c r="G6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H6" s="6"/>
+      <c r="I6" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J6" s="8">
+        <v>414</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" s="9">
+        <v>1729.0</v>
+      </c>
+      <c r="M6" s="9">
+        <v>1899.0</v>
+      </c>
+      <c r="N6" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P6" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="R6" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="T6" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="V6" s="6"/>
+      <c r="W6" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="X6" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y6" s="8">
+        <v>0.496</v>
+      </c>
+      <c r="Z6" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>