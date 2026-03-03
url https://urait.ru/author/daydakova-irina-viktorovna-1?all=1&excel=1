--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>07.02.2026</t>
+    <t>03.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>