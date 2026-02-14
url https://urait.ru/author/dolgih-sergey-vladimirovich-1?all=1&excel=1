--- v0 (2025-12-14)
+++ v1 (2026-02-14)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
-    <t>14.12.2025</t>
+    <t>14.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>02.12.2024</t>
   </si>
   <si>
     <t>ОБЩАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. Т. Долгих [и др.] ; под общей редакцией В. Т. Долгих.</t>
+    <t>Под общ. ред. Долгих В.Т.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Медицина и фармакология</t>
   </si>
   <si>
     <t>Анатомия и физиология. Цитология. Гистология. Эмбриология</t>
   </si>
   <si>
     <t>Курс направлен на изучение основ патофизиологии; с самой современной точки зрения рассматриваются общая патофизиология, патофизиология обмена веществ и опухолевых процессов. Курс отличается последовательным и логическим изложением важнейших разделов патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных нозологических форм заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по медицинским направлениям, ординаторов, аспирантов, преподавателей и врачей различных специальностей.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20961-7</t>
   </si>
@@ -175,51 +175,51 @@
   <si>
     <t>ОБЩАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Курс направлен на изучение основ патофизиологии; с самой современной точки зрения рассматриваются общая патофизиология, патофизиология обмена веществ и опухолевых процессов. Курс отличается последовательным и логическим изложением важнейших разделов патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных нозологических форм заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20964-8</t>
   </si>
   <si>
     <t>52.5я723</t>
   </si>
   <si>
     <t>20.03.2025</t>
   </si>
   <si>
     <t>ЧАСТНАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник для вузов</t>
   </si>
   <si>
-    <t>В.Т. Долгих [и др.]; под редакцией В.Т. Долгих.</t>
+    <t>Под ред. Долгих В.Т.</t>
   </si>
   <si>
     <t>Курс направлен на изучение важнейших разделов патофизиологии органов и систем; с самой современной точки зрения рассматриваются вопросы патологии системы крови и гемостаза, сердечно-сосудистой и дыхательной систем, патофизиологии пищеварения, печени, почек, центральной нервной системы, имунной и эндокринной систем, вопросы боли и обезболивания, актуальные аспекты поражения органов и тканей при алкоголизме и наркомании. Курс отличается последовательным и логическим изложением частной патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Для студентов высших учебных заведений, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20971-6</t>
   </si>
   <si>
     <t>21.03.2025</t>
   </si>
   <si>
     <t>ЧАСТНАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Курс направлен на изучение важнейших разделов патофизиологии органов и систем; с самой современной точки зрения рассматриваются вопросы патологии системы крови и гемостаза, сердечно-сосудистой и дыхательной систем, патофизиологии пищеварения, печени, почек, центральной нервной системы, имунной и эндокринной систем, вопросы боли и обезболивания, актуальные аспекты поражения органов и тканей при алкоголизме и наркомании. Курс отличается последовательным и логическим изложением частной патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20974-7</t>
   </si>
   <si>
     <t>13.11.2024</t>
   </si>
   <si>
     <t>ЭНДОКРИНОПАТИИ. КЛИНИКО-ПАТОФИЗИОЛОГИЧЕСКИЕ АСПЕКТЫ. Учебник для вузов</t>
   </si>
@@ -618,51 +618,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-559064" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-559067" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-559074" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-559077" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/endokrinopatii-kliniko-patofiziologicheskie-aspekty-569301" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586707" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586729" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587711" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587721" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/endokrinopatii-kliniko-patofiziologicheskie-aspekty-589964" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -843,361 +843,361 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>559064</v>
+        <v>586707</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>491</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2339.0</v>
+        <v>2499.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2569.0</v>
+        <v>2749.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.715</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>559067</v>
+        <v>586729</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>491</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>2339.0</v>
+        <v>2499.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2569.0</v>
+        <v>2749.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.715</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>559074</v>
+        <v>587711</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>499</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2379.0</v>
+        <v>2539.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2619.0</v>
+        <v>2789.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.724</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>559077</v>
+        <v>587721</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>499</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2379.0</v>
+        <v>2539.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2619.0</v>
+        <v>2789.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.724</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>569301</v>
+        <v>589964</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>286</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1459.0</v>
+        <v>1559.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1599.0</v>
+        <v>1709.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>65</v>
       </c>