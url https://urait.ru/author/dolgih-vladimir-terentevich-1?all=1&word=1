--- v0 (2026-01-19)
+++ v1 (2026-03-14)
@@ -13,499 +13,525 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Гастроэнтерология. Клинико-патофизиологические аспекты гепатологии : учебник для вузов / под редакцией В. Т. Долгих, А. Н. Кузовлева, В. В. Мороза. — Москва : Издательство Юрайт, 2026. — 370 с. — (Высшее образование). — ISBN 978-5-534-21955-5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/590707</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Клинико-патофизиологические аспекты гематологических нарушений : учебник для вузов / ответственные редакторы В. Т. Долгих, О. В. Корпачева, А. Н. Кузовлев. — Москва : Издательство Юрайт, 2026. — 200 с. — (Высшее образование). — ISBN 978-5-534-17990-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/589449</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Клинико-патофизиологические аспекты дыхательной недостаточности : учебник для вузов / под редакцией В. Т. Долгих, В. В. Мороза, А. Н. Кузовлева. — Москва : Издательство Юрайт, 2026. — 229 с. — (Высшее образование). — ISBN 978-5-534-16864-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/589220</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Клиническая практика по патофизиологии : учебник для вузов / ответственные редакторы В. Т. Долгих, О. В. Корпачева, А. Н. Кузовлев. — Москва : Издательство Юрайт, 2026. — 375 с. — (Высшее образование). — ISBN 978-5-534-15664-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/589127</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Клиническая практика по патофизиологии : учебник для среднего профессионального образования / ответственные редакторы В. Т. Долгих, О. В. Корпачева, А. Н. Кузовлев. — Москва : Издательство Юрайт, 2026. — 375 с. — (Профессиональное образование). — ISBN 978-5-534-17358-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/589384</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Лечение боли : учебное пособие для вузов / под редакцией С. А. Перепелицы, В. Т. Долгих, А. Н. Кузовлева. — Москва : Издательство Юрайт, 2026. — 122 с. — (Высшее образование). — ISBN 978-5-534-19773-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/589038</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Лечение боли : учебное пособие для среднего профессионального образования / под редакцией С. А. Перепелицы, В. Т. Долгих, А. Н. Кузовлева. — Москва : Издательство Юрайт, 2026. — 122 с. — (Профессиональное образование). — ISBN 978-5-534-20904-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/589385</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Нефрология. Клинико-патофизиологические аспекты : учебник для вузов / под редакцией В. Т. Долгих, В. В. Мороза, А. Н. Кузовлева. — Москва : Издательство Юрайт, 2026. — 309 с. — (Высшее образование). — ISBN 978-5-534-20460-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/590421</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Общая патофизиология : учебник и практикум для вузов / под общей редакцией В. Т. Долгих. — 2-е изд. — Москва : Издательство Юрайт, 2026. — 491 с. — (Высшее образование). — ISBN 978-5-534-20961-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/586707</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Общая патофизиология : учебник и практикум для среднего профессионального образования / под общей редакцией В. Т. Долгих. — 2-е изд. — Москва : Издательство Юрайт, 2026. — 491 с. — (Профессиональное образование). — ISBN 978-5-534-20964-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/586729</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Долгих, В. Т. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Основы иммунопатологии : учебник для вузов / В. Т. Долгих, А. Н. Золотов, Л. М. Ценципер. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 289 с. — (Высшее образование). — ISBN 978-5-534-20426-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/586708</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Долгих, В. Т. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Основы иммунопатологии : учебник для среднего профессионального образования / В. Т. Долгих, А. Н. Золотов, Л. М. Ценципер. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 289 с. — (Профессиональное образование). — ISBN 978-5-534-20424-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/586931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Долгих, В. Т. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Основы патологии и иммунологии. Тесты : учебное пособие для среднего профессионального образования / В. Т. Долгих, О. В. Корпачева. — Москва : Издательство Юрайт, 2026. — 307 с. — (Профессиональное образование). — ISBN 978-5-534-12144-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/587564</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Долгих, В. Т. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Патофизиология. Иммунология. Тесты : учебное пособие для вузов / В. Т. Долгих, О. В. Корпачева. — Москва : Издательство Юрайт, 2026. — 307 с. — (Высшее образование). — ISBN 978-5-534-11257-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/587505</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Сердечно-сосудистая недостаточность : учебник для вузов / под редакцией В. Т. Долгих, М. Л. Благонравова, С. А. Перепелицы. — Москва : Издательство Юрайт, 2026. — 150 с. — (Высшее образование). — ISBN 978-5-534-15681-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/589087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Сердечно-сосудистая недостаточность : учебник для среднего профессионального образования / под редакцией В. Т. Долгих, М. Л. Благонравова, С. А. Перепелицы. — Москва : Издательство Юрайт, 2026. — 150 с. — (Профессиональное образование). — ISBN 978-5-534-17406-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/589400</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Частная патофизиология : учебник для вузов / под редакцией В. Т. Долгих. — 2-е изд. — Москва : Издательство Юрайт, 2026. — 499 с. — (Высшее образование). — ISBN 978-5-534-20971-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/587711</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Частная патофизиология : учебник и практикум для среднего профессионального образования / под редакцией В. Т. Долгих. — 2-е изд. — Москва : Издательство Юрайт, 2026. — 499 с. — (Профессиональное образование). — ISBN 978-5-534-20974-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/587721</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Эндокринопатии. Клинико-патофизиологические аспекты : учебник для вузов / под редакцией В. Т. Долгих, А. Н. Кузовлева, О. В. Корпачевой. — Москва : Издательство Юрайт, 2026. — 286 с. — (Высшее образование). — ISBN 978-5-534-20694-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/589964</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -625,51 +651,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="Link"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589449" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589220" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589127" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589384" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589038" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589385" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590421" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586707" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586729" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586708" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586931" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587564" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587505" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589087" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589400" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587711" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587721" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589964" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590707" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589449" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589220" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589127" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589384" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589038" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589385" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590421" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586707" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586729" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586708" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586931" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587564" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587505" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589087" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589400" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587711" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587721" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589964" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>