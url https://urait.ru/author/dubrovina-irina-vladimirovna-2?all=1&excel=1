--- v0 (2025-12-13)
+++ v1 (2026-02-16)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
-[...1 lines deleted...]
-    <t>13.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+  <si>
+    <t>16.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -179,53 +179,50 @@
     <t>Дубровина И. В.</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Методики преподавания и обучения</t>
   </si>
   <si>
     <t>Настоящее издание представляет собой курс по дисциплине «Методика преподавания психологии в вузе». Данный курс является обязательным при подготовке специалистов по специальности «Психология». Материал представлен с позиции разрабатываемого в отечественной психологии гуманитарного подхода. Психологическое образование рассматривается как компонент гуманитарного образования, направленного на развитие личности молодого человека, какую бы конкретную специальность он не приобретал. Курс включает две части. Первая часть посвящена вопросам преподавания психологии в вузах, готовящих специалистов по различным специальностям. Во второй части внимание акцентируется на основных смысловых моментах преподавания психологии студентам — будущим практическим психологам системы образования. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по специальности «Психология», преподавателей высшей школы, практических психологов в сфере образования.</t>
   </si>
   <si>
     <t>978-5-534-14914-2</t>
   </si>
   <si>
     <t>74.268.8я73</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
   <si>
     <t>ПЕДАГОГИЧЕСКАЯ ПСИХОЛОГИЯ. ПСИХОЛОГИЧЕСКОЕ БЛАГОПОЛУЧИЕ ШКОЛЬНИКОВ. Учебное пособие для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> И. В. Дубровина.</t>
   </si>
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Педагогика и образование. Общие работы</t>
   </si>
   <si>
     <t>В курсе проблема психологического благополучия школьников рассматривается в соответствии с приоритетной задачей воспитания детей и школьников и в контексте развития личностно-образовательных результатов учащихся в современной школе. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20922-8</t>
   </si>
   <si>
     <t>88.41я73</t>
   </si>
   <si>
     <t>31.08.2017</t>
   </si>
   <si>
     <t>ПСИХОЛОГИЧЕСКОЕ БЛАГОПОЛУЧИЕ ШКОЛЬНИКОВ. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе проблема психологического благополучия школьников рассматривается в соответствии с приоритетной задачей воспитания детей и школьников и в контексте развития личностно-образовательных результатов учащихся в современной школе. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Учебный курс предназначен для преподавателей и студентов психологических и педагогических факультетов вузов.</t>
   </si>
@@ -639,51 +636,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/detskaya-psihologiya-559060" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-prepodavaniya-psihologii-v-vysshey-shkole-568194" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskaya-psihologiya-psihologicheskoe-blagopoluchie-shkolnikov-559004" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologicheskoe-blagopoluchie-shkolnikov-563552" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologo-pedagogicheskoe-vzaimodeystvie-v-obrazovatelnom-processe-568814" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rukovodstvo-prakticheskogo-psihologa-psiholog-v-shkole-558435" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/detskaya-psihologiya-590074" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-prepodavaniya-psihologii-v-vysshey-shkole-588993" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskaya-psihologiya-psihologicheskoe-blagopoluchie-shkolnikov-590049" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologicheskoe-blagopoluchie-shkolnikov-585797" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologo-pedagogicheskoe-vzaimodeystvie-v-obrazovatelnom-processe-589525" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rukovodstvo-prakticheskogo-psihologa-psiholog-v-shkole-584393" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -864,453 +861,453 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>559060</v>
+        <v>590074</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>169</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>949.0</v>
+        <v>1019.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1039.0</v>
+        <v>1119.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.325</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>568194</v>
+        <v>588993</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>213</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1139.0</v>
+        <v>1219.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1249.0</v>
+        <v>1339.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.378</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>559004</v>
+        <v>590049</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>135</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="L7" s="9">
-        <v>689.0</v>
+        <v>739.0</v>
       </c>
       <c r="M7" s="9">
-        <v>759.0</v>
+        <v>809.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="S7" s="6" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.182</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>563552</v>
+        <v>585797</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>135</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="L8" s="9">
-        <v>689.0</v>
+        <v>739.0</v>
       </c>
       <c r="M8" s="9">
-        <v>759.0</v>
+        <v>809.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O8" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.182</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>568814</v>
+        <v>589525</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" s="6" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>513</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>2439.0</v>
+        <v>2609.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2679.0</v>
+        <v>2869.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.742</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>558435</v>
+        <v>584393</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>206</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1109.0</v>
+        <v>1189.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1219.0</v>
+        <v>1309.0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6">
         <v>88.8</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.37</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>