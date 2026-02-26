--- v1 (2026-02-16)
+++ v2 (2026-02-26)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
-    <t>16.02.2026</t>
+    <t>26.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>01.11.2024</t>
   </si>
   <si>
     <t>ДЕТСКАЯ ПСИХОЛОГИЯ 5-е изд., испр. и доп. Учебник для СПО</t>
   </si>
   <si>
-    <t>И.В. Дубровина [и др.].</t>
+    <t xml:space="preserve"> И. В. Дубровина [и др.] ; под редакцией И. В. Дубровиной.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Педагогика, психология, социальная работа</t>
   </si>
   <si>
     <t>Педагогическая психология</t>
   </si>
   <si>
     <t>В курсе рассмотрена детская практическая психология (дошкольное детство; поступление ребенка в школу). Особое внимание уделяется способам практической реализации научных знаний в работе с детьми. В темах курса представлены разнообразные программы и методы работы психолога с детьми дошкольного и школьного возрастов. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20957-0</t>
   </si>