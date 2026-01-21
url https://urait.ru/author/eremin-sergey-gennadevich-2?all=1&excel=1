--- v0 (2025-12-05)
+++ v1 (2026-01-21)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
   <si>
-    <t>05.12.2025</t>
+    <t>21.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -112,54 +112,54 @@
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>20.02.2025</t>
   </si>
   <si>
-    <t>"УМНЫЕ ГОРОДА" КАК ЦЕНТРЫ ВНЕДРЕНИЯ ИННОВАЦИОННЫХ ТЕХНОЛОГИЙ. Учебник для вузов</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> С. Г. Еремин [и др.] ; ответственные редакторы С. А. Зуденкова, О. В. Панина, И. А. Рождественская.</t>
+    <t>"Умные города" как центры внедрения инновационных технологий. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Отв. ред. Зуденкова С. А., Панина О. В., Рождественская И. А.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Экономические науки</t>
   </si>
   <si>
     <t>Экономика: общие работы</t>
   </si>
   <si>
     <t>В курсе рассматриваются особенности умных городов как объектов управления, тенденции из развития и роль в становлении национальной и мировой экономики. Раскрываются технологии, используемые умными городами, изложены нормативно-правовые основы умного города, вопросы планирования и прогнозирования в умных городах. Курс будет полезен студентам бакалавриата, магистратуры и специалитета, аспирантам, работникам городского хозяйства и органов управления, повышающим свою квалификацию.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20630-2</t>
   </si>
@@ -247,51 +247,51 @@
   <si>
     <t>ГОСУДАРСТВЕННЫЙ МЕНЕДЖМЕНТ. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Прокофьев С. Е., Еремин С. Г., Галкин А. И.</t>
   </si>
   <si>
     <t>Теория и история государственного и муниципального управления</t>
   </si>
   <si>
     <t>Предлагаемый курс обобщает методологическую, теоретическую и эмпирическую информацию, необходимую для всестороннего системного представления о государственном менеджменте. Он состоит из шести разделов (тем): в первом разделе рассмотрены история и специфика развития государственного управления в системе отечественного и зарубежного научного знания, во втором — непосредственно эволюция концепции государственного менеджмента, последующие разделы посвящены крупнейшим подинститутам международного государственного менеджмента — проектный менеджмент, риск-менеджмент, бережливый менеджмент, цифровой менеджмент. В конце каждой темы приводятся вопросы для самоконтроля. Теоретические вопросы иллюстрируются статистическими данными, а также примерами из реальной практики государственного менеджмента последних лет. Соответствует федеральному государственному образовательному стандарту высшего образования. Для студентов, обучающихся по направлениям подготовки «Государственное и муниципальное управление», «Юриспруденция», «Политология», «Международные отношения», слушателей курсов повышения квалификации и программ профессиональной переподготовки, аспирантов и преподавателей, государственных и муниципальных служащих, политических деятелей.</t>
   </si>
   <si>
     <t>978-5-534-15813-7</t>
   </si>
   <si>
     <t>67.401я73</t>
   </si>
   <si>
     <t>05.02.2025</t>
   </si>
   <si>
     <t>ОСНОВЫ СОВРЕМЕННОГО ГОСУДАРСТВЕННОГО И МУНИЦИПАЛЬНОГО УПРАВЛЕНИЯ 2-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> С. Е. Прокофьев [и др.] ; под редакцией С. Е. Прокофьева.</t>
+    <t>, Кадырова Г. М. [и др.] ; Под ред. Прокофьева С.Е.</t>
   </si>
   <si>
     <t>Предлагаемый курс обобщает методологическую, теоретическую и эмпирическую информацию, необходимую для всестороннего системного представления о стратегическом управлении в органах власти. В нем рассматриваются историко-теоретические и практические основы стратегического управления и планирования в Российской Федерации на федеральном, региональном и местном уровнях, определены перспективы в условиях развития Индустрии 4.0, изучен зарубежный опыт стратегического управления в органах власти. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Предназначен для студентов образовательных учреждений среднего профессионального образования, слушателей курсов повышения квалификации и программ профессиональной переподготовки, преподавателей, государственных и муниципальных служащих, политических деятелей.</t>
   </si>
   <si>
     <t>978-5-534-21405-5</t>
   </si>
   <si>
     <t>65я723</t>
   </si>
   <si>
     <t>26.02.2025</t>
   </si>
   <si>
     <t>ОСНОВЫ СОВРЕМЕННОГО ГОСУДАРСТВЕННОГО И МУНИЦИПАЛЬНОГО УПРАВЛЕНИЯ 3-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Предлагаемый курс обобщает методологическую, теоретическую и эмпирическую информацию, необходимую для всестороннего системного представления о государственном и муниципальном управлении. Он состоит из четырех разделов: в первом — приводятся историко-теоретические аспекты становления и развития рассматриваемого института, во втором — детализируются структурные составляющие государственно-административного управления, в третьем — раскрываются вопросы теории и практики реформирования системы государственного и муниципального управления, в четвертом — конкретизируются актуальные тенденции и перспективы развития современного государственного и муниципального управления. Теоретические вопросы иллюстрируются статистическими данными, а также примерами из реальной практики государственного и муниципального управления последних лет.</t>
   </si>
   <si>
     <t>978-5-534-17595-0</t>
   </si>
@@ -301,117 +301,117 @@
   <si>
     <t>12.02.2025</t>
   </si>
   <si>
     <t>ОСНОВЫ СОЦИАЛЬНОГО ГОСУДАРСТВА. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Еремин С. Г., Галкин А. И., Панина О. В. ; Под ред. Прокофьева С.Е.</t>
   </si>
   <si>
     <t>Настоящий курс обобщает теоретическую, методологическую и практическую информацию, необходимую для всестороннего и системного представления об основах социального государства. В курсе дается базовая терминология, рассматриваются теоретико-методологические основы государства (включая генезис социального государства, конституционно-правовые и экономические его основы), социальная политика и управление в социальной сфере. Особый акцент делается на отдельных социальных отраслях государства (труд и занятость населения; социальная защита и пенсионное обеспечение; здравоохранение; образование и наука; культура, спорт, туризм); отдельное внимание уделяется зарубежному опыту организации и реализации социально-экономической политики и социального реформирования. Соответствует требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по гуманитарным, социально-экономическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-21550-2</t>
   </si>
   <si>
     <t>60.9я73</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>ПРОЕКТНОЕ УПРАВЛЕНИЕ В ОРГАНАХ ВЛАСТИ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t>Г.М. Кадырова, С.Г. Еремин, А.И. Галкин; под редакцией С.Е. Прокофьева.</t>
+    <t>Кадырова Г. М., Еремин С. Г., Галкин А. И. ; Под ред. Прокофьева С.Е.</t>
   </si>
   <si>
     <t>Предлагаемый курс обобщает методологическую, теоретическую и эмпирическую информацию, необходимую для формирования всестороннего системного представления о проектном управлении в органах власти. В нем раскрываются теоретико-правовые и концептуальные вопросы проектного управления в органах власти Российской Федерации, уточняется структура и ключевые процессы данного института, особое внимание уделяется аспектам управления национальными и федеральными, региональными и муниципальными проектами в органах власти, также исследуются особенности проектного управления в органах власти зарубежных стран, оцениваются перспективы его развития в нашей стране в эпоху цифровизации. Соответствует федеральному государственному образовательному стандарту высшего образования. Предназначен для студентов высших учебных заведений, обучающихся по социально-экономическим направлениям, преподавателей, государственных и муниципальных служащих, политических деятелей.</t>
   </si>
   <si>
     <t>978-5-534-21397-3</t>
   </si>
   <si>
     <t>60.82я73</t>
   </si>
   <si>
     <t>ПРОЕКТНОЕ УПРАВЛЕНИЕ В ОРГАНАХ ВЛАСТИ 2-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
-    <t>Кадырова Г. М., Еремин С. Г., Галкин А. И. ; Под ред. Прокофьева С.Е.</t>
-[...1 lines deleted...]
-  <si>
     <t>Предлагаемый курс обобщает методологическую, теоретическую и эмпирическую информацию, необходимую для формирования всестороннего системного представления о проектном управлении в органах власти. В нем раскрываются теоретико-правовые и концептуальные вопросы проектного управления в органах власти Российской Федерации, уточняется структура и ключевые процессы данного института, особое внимание уделяется аспектам управления национальными и федеральными, региональными и муниципальными проектами в органах власти, также исследуются особенности проектного управления в органах власти зарубежных стран, оцениваются перспективы его развития в нашей стране в эпоху цифровизации. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-21409-3</t>
   </si>
   <si>
     <t>29.05.2024</t>
   </si>
   <si>
     <t>СИСТЕМА ГОСУДАРСТВЕННОГО И МУНИЦИПАЛЬНОГО УПРАВЛЕНИЯ 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Под ред. Еремина С.Г., Мусиновой Н.Н., Паниной О.В., Прокофьева С.Е.</t>
   </si>
   <si>
     <t>Информация, приведенная в курсе, — апробированный авторами на практике государственного и муниципального управления и дидактически обработанный материал. Курс поможет в изучении основных теоретических концепций государственного и муниципального управления, вопросов создания новой модели государственного и муниципального менеджмента, технологии применения современных методов управления. Данный курс подготовлен с учетом поправок, внесенных в Конституцию Российской Федерации и вступивших в силу 5 октября 2022 г. В курсе в большом объеме представлены теории государственного и муниципального управления, к каждой теме прилагается практикум, приводятся схемы для лучшего усвоения материала. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по социально-экономическим направлениям. Может быть полезен также студентам магистратуры, слушателям курсов повышения квалификации государственных и муниципальных служащих, аспирантам, в качестве дополнительной литературы может быть использован студентами среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-19168-4</t>
   </si>
   <si>
     <t>30.05.2024</t>
   </si>
   <si>
     <t>СИСТЕМА ГОСУДАРСТВЕННОГО УПРАВЛЕНИЯ 3-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Под ред. Прокофьева С.Е., Паниной О.В., Еремина С.Г., Мусиновой Н.Н.</t>
   </si>
   <si>
     <t>Данное издание поможет студентам в изучении государственного управления как системного общественного явления, территориальной организации государственного управления, федеральных органов государственной власти Российской Федерации и организации государственной власти в субъектах Российской Федерации. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования, а также преподавателей и слушателей курсов повышения квалификации государственных служащих.</t>
   </si>
   <si>
     <t>978-5-534-19231-5</t>
   </si>
   <si>
     <t>67.401я723</t>
   </si>
   <si>
     <t>СИСТЕМА МЕСТНОГО САМОУПРАВЛЕНИЯ 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Данное издание поможет студентам в изучении государства как общественно-исторического явления, территориальной организации местного самоуправления в Российской Федерации, основ организации муниципальной власти, системы органов местного самоуправления и системы взаимоотношений органов государственной власти и органов местного самоуправления. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по экономическим направлениям, а также преподавателей, слушателей курсов повышения квалификации муниципальных служащих и аспирантов.</t>
   </si>
   <si>
     <t>978-5-534-19232-2</t>
   </si>
   <si>
     <t>Стратегическое управление в государственной и муниципальной сфере 2-е изд., пер. и доп. Учебник и практикум для вузов</t>
+  </si>
+  <si>
+    <t>Под ред. Прокофьева С.Е.</t>
   </si>
   <si>
     <t>Предлагаемый курс обобщает методологическую, теоретическую и эмпирическую информацию, необходимую для всестороннего системного представления о стратегическом управлении в органах власти. В нем рассматриваются историко-теоретические и практические основы стратегического управления и планирования в Российской Федерации на федеральном, региональном и местном уровнях, определены перспективы в условиях развития Индустрии 4.0, изучен зарубежный опыт стратегического управления в органах власти. Соответствует федеральному государственному образовательному стандарту высшего образования. Предназначен для студентов, обучающихся по направлениям подготовки «Государственное и муниципальное управление», «Юриспруденция», «Политология», «Международные отношения», слушателей курсов повышения квалификации и программ профессиональной переподготовки, аспирантов и преподавателей, государственных и муниципальных служащих, политических деятелей.</t>
   </si>
   <si>
     <t>978-5-534-21404-8</t>
   </si>
   <si>
     <t>65я73</t>
   </si>
   <si>
     <t>ТЕОРИЯ И МЕХАНИЗМЫ СОВРЕМЕННОГО ГОСУДАРСТВЕННОГО И МУНИЦИПАЛЬНОГО УПРАВЛЕНИЯ 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>978-5-534-17620-9</t>
   </si>
   <si>
     <t>25.11.2022</t>
   </si>
   <si>
     <t>УПРАВЛЕНИЕ ГОСУДАРСТВЕННОЙ И МУНИЦИПАЛЬНОЙ ЗАКУПОЧНОЙ ДЕЯТЕЛЬНОСТЬЮ 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Бухгалтерский учет и аудит. Налоговый учет</t>
   </si>
@@ -981,51 +981,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/umnye-goroda-kak-centry-vnedreniya-innovacionnyh-tehnologiy-569869" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennaya-i-municipalnaya-sluzhba-560750" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennaya-i-municipalnaya-sluzhba-560889" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennaya-sluzhba-561136" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennoe-upravlenie-regionalnym-razvitiem-567758" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennyy-menedzhment-568302" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-sovremennogo-gosudarstvennogo-i-municipalnogo-upravleniya-571293" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-sovremennogo-gosudarstvennogo-i-municipalnogo-upravleniya-577358" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-socialnogo-gosudarstva-577326" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proektnoe-upravlenie-v-organah-vlasti-571284" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proektnoe-upravlenie-v-organah-vlasti-571311" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-gosudarstvennogo-i-municipalnogo-upravleniya-567234" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-gosudarstvennogo-upravleniya-563171" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-mestnogo-samoupravleniya-563173" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskoe-upravlenie-v-gosudarstvennoy-i-municipalnoy-sfere-571292" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-i-mehanizmy-sovremennogo-gosudarstvennogo-i-municipalnogo-upravleniya-577359" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennoy-i-municipalnoy-zakupochnoy-deyatelnostyu-565681" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennoy-i-municipalnoy-sobstvennostyu-imuschestvom-560995" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennoy-i-municipalnoy-sobstvennostyu-imuschestvom-561589" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennymi-i-municipalnymi-zakupkami-542347" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-zhilischno-kommunalnym-hozyaystvom-568956" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-zhilischno-kommunalnym-hozyaystvom-568957" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-krupneyshimi-gorodami-566163" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-territoriyami-krupnye-goroda-566207" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovoe-pravo-566225" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovoe-pravo-566228" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/etika-gosudarstvennoy-i-municipalnoy-sluzhby-561399" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/etika-gosudarstvennoy-i-municipalnoy-sluzhby-562458" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/effektivnost-i-rezultativnost-deyatelnosti-organov-vlasti-568433" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/umnye-goroda-kak-centry-vnedreniya-innovacionnyh-tehnologiy-589954" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennaya-i-municipalnaya-sluzhba-583588" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennaya-i-municipalnaya-sluzhba-583707" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennaya-sluzhba-583914" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennoe-upravlenie-regionalnym-razvitiem-588605" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennyy-menedzhment-589094" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-sovremennogo-gosudarstvennogo-i-municipalnogo-upravleniya-589128" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-sovremennogo-gosudarstvennogo-i-municipalnogo-upravleniya-588452" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-socialnogo-gosudarstva-589473" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proektnoe-upravlenie-v-organah-vlasti-588451" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proektnoe-upravlenie-v-organah-vlasti-589129" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-gosudarstvennogo-i-municipalnogo-upravleniya-588215" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-gosudarstvennogo-upravleniya-585538" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-mestnogo-samoupravleniya-585540" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskoe-upravlenie-v-gosudarstvennoy-i-municipalnoy-sfere-588450" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-i-mehanizmy-sovremennogo-gosudarstvennogo-i-municipalnogo-upravleniya-588173" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennoy-i-municipalnoy-zakupochnoy-deyatelnostyu-587167" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennoy-i-municipalnoy-sobstvennostyu-imuschestvom-583801" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennoy-i-municipalnoy-sobstvennostyu-imuschestvom-584267" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennymi-i-municipalnymi-zakupkami-587463" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-zhilischno-kommunalnym-hozyaystvom-589631" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-zhilischno-kommunalnym-hozyaystvom-589632" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-krupneyshimi-gorodami-587515" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-territoriyami-krupnye-goroda-587538" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovoe-pravo-587542" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovoe-pravo-587544" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/etika-gosudarstvennoy-i-municipalnoy-sluzhby-584109" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/etika-gosudarstvennoy-i-municipalnoy-sluzhby-585002" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/effektivnost-i-rezultativnost-deyatelnosti-organov-vlasti-589181" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -1206,69 +1206,69 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>569869</v>
+        <v>589954</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>301</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>1519.0</v>
       </c>
       <c r="M5" s="9">
         <v>1669.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
@@ -1276,69 +1276,69 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.485</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>560750</v>
+        <v>583588</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>301</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>1519.0</v>
       </c>
       <c r="M6" s="9">
         <v>1669.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
@@ -1346,69 +1346,69 @@
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.485</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>560889</v>
+        <v>583707</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>301</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
         <v>1519.0</v>
       </c>
       <c r="M7" s="9">
         <v>1669.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
@@ -1416,69 +1416,69 @@
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.485</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>561136</v>
+        <v>583914</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>208</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
         <v>1119.0</v>
       </c>
       <c r="M8" s="9">
         <v>1229.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>58</v>
       </c>
@@ -1486,69 +1486,69 @@
         <v>59</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.372</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>567758</v>
+        <v>588605</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>331</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
         <v>1649.0</v>
       </c>
       <c r="M9" s="9">
         <v>1809.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>58</v>
       </c>
@@ -1556,69 +1556,69 @@
         <v>65</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.521</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>568302</v>
+        <v>589094</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>248</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
         <v>1289.0</v>
       </c>
       <c r="M10" s="9">
         <v>1419.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>58</v>
       </c>
@@ -1626,69 +1626,69 @@
         <v>71</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>73</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>74</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.421</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>571293</v>
+        <v>589128</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>250</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
         <v>1299.0</v>
       </c>
       <c r="M11" s="9">
         <v>1429.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>58</v>
       </c>
@@ -1696,69 +1696,69 @@
         <v>65</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>78</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>79</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>80</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.423</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>577358</v>
+        <v>588452</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>81</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>82</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>70</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>692</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>83</v>
       </c>
       <c r="L12" s="9">
         <v>2829.0</v>
       </c>
       <c r="M12" s="9">
         <v>3109.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>83</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>58</v>
       </c>
@@ -1766,69 +1766,69 @@
         <v>71</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>84</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>85</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>86</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.849</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>577326</v>
+        <v>589473</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>87</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>88</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>89</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>255</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
         <v>1319.0</v>
       </c>
       <c r="M13" s="9">
         <v>1449.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>58</v>
       </c>
@@ -1836,69 +1836,69 @@
         <v>71</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>90</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>91</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>92</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.429</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>571284</v>
+        <v>588451</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>93</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>94</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>95</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>210</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
         <v>1129.0</v>
       </c>
       <c r="M14" s="9">
         <v>1239.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>58</v>
       </c>
@@ -1906,349 +1906,349 @@
         <v>65</v>
       </c>
       <c r="S14" s="6" t="s">
         <v>96</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>97</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
         <v>98</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.374</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>571311</v>
+        <v>589129</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>93</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>99</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>210</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
         <v>1129.0</v>
       </c>
       <c r="M15" s="9">
         <v>1239.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
         <v>86</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y15" s="8">
         <v>0.374</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>567234</v>
+        <v>588215</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="E16" s="6" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>545</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
         <v>2569.0</v>
       </c>
       <c r="M16" s="9">
         <v>2829.0</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>71</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
         <v>74</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y16" s="8">
         <v>0.78</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>563171</v>
+        <v>585538</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="E17" s="6" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>134</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>83</v>
       </c>
       <c r="L17" s="9">
         <v>689.0</v>
       </c>
       <c r="M17" s="9">
         <v>759.0</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>83</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>71</v>
       </c>
       <c r="S17" s="6" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y17" s="8">
         <v>0.18</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>563173</v>
+        <v>585540</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>121</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>83</v>
       </c>
       <c r="L18" s="9">
         <v>639.0</v>
       </c>
       <c r="M18" s="9">
         <v>699.0</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>83</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R18" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S18" s="6" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
         <v>74</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y18" s="8">
         <v>0.165</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="8">
-        <v>571292</v>
+        <v>588450</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="E19" s="6" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J19" s="8">
         <v>250</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L19" s="9">
         <v>1299.0</v>
       </c>
       <c r="M19" s="9">
         <v>1429.0</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>58</v>
       </c>
@@ -2256,69 +2256,69 @@
         <v>65</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>118</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>119</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
         <v>120</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y19" s="8">
         <v>0.423</v>
       </c>
       <c r="Z19" s="6"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="8">
-        <v>577359</v>
+        <v>588173</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>81</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>121</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>70</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J20" s="8">
         <v>692</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>83</v>
       </c>
       <c r="L20" s="9">
         <v>2829.0</v>
       </c>
       <c r="M20" s="9">
         <v>3109.0</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>83</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q20" s="6" t="s">
         <v>58</v>
       </c>
@@ -2326,69 +2326,69 @@
         <v>71</v>
       </c>
       <c r="S20" s="6" t="s">
         <v>84</v>
       </c>
       <c r="T20" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U20" s="6" t="s">
         <v>122</v>
       </c>
       <c r="V20" s="6"/>
       <c r="W20" s="6" t="s">
         <v>98</v>
       </c>
       <c r="X20" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y20" s="8">
         <v>0.849</v>
       </c>
       <c r="Z20" s="6"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="8">
-        <v>565681</v>
+        <v>587167</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>123</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>124</v>
       </c>
       <c r="E21" s="6" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="F21" s="6"/>
       <c r="G21" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J21" s="8">
         <v>392</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L21" s="9">
         <v>1909.0</v>
       </c>
       <c r="M21" s="9">
         <v>2099.0</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q21" s="6" t="s">
         <v>37</v>
       </c>
@@ -2396,69 +2396,69 @@
         <v>125</v>
       </c>
       <c r="S21" s="6" t="s">
         <v>126</v>
       </c>
       <c r="T21" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U21" s="6" t="s">
         <v>127</v>
       </c>
       <c r="V21" s="6"/>
       <c r="W21" s="6" t="s">
         <v>128</v>
       </c>
       <c r="X21" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y21" s="8">
         <v>0.595</v>
       </c>
       <c r="Z21" s="6"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="8">
-        <v>560995</v>
+        <v>583801</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>129</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>130</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>131</v>
       </c>
       <c r="F22" s="6"/>
       <c r="G22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J22" s="8">
         <v>312</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L22" s="9">
         <v>1569.0</v>
       </c>
       <c r="M22" s="9">
         <v>1729.0</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q22" s="6" t="s">
         <v>58</v>
       </c>
@@ -2466,69 +2466,69 @@
         <v>65</v>
       </c>
       <c r="S22" s="6" t="s">
         <v>132</v>
       </c>
       <c r="T22" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U22" s="6" t="s">
         <v>133</v>
       </c>
       <c r="V22" s="6"/>
       <c r="W22" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X22" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y22" s="8">
         <v>0.498</v>
       </c>
       <c r="Z22" s="6"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="8">
-        <v>561589</v>
+        <v>584267</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>134</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>135</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J23" s="8">
         <v>312</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L23" s="9">
         <v>1569.0</v>
       </c>
       <c r="M23" s="9">
         <v>1729.0</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>58</v>
       </c>
@@ -2536,69 +2536,69 @@
         <v>65</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>137</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>138</v>
       </c>
       <c r="V23" s="6"/>
       <c r="W23" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y23" s="8">
         <v>0.498</v>
       </c>
       <c r="Z23" s="6"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="8">
-        <v>542347</v>
+        <v>587463</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>139</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>140</v>
       </c>
       <c r="E24" s="6" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="F24" s="6"/>
       <c r="G24" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="8">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J24" s="8">
         <v>392</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L24" s="9">
         <v>1909.0</v>
       </c>
       <c r="M24" s="9">
         <v>2099.0</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q24" s="6" t="s">
         <v>37</v>
       </c>
@@ -2606,205 +2606,205 @@
         <v>125</v>
       </c>
       <c r="S24" s="6" t="s">
         <v>141</v>
       </c>
       <c r="T24" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U24" s="6" t="s">
         <v>142</v>
       </c>
       <c r="V24" s="6"/>
       <c r="W24" s="6" t="s">
         <v>143</v>
       </c>
       <c r="X24" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y24" s="8">
         <v>0.595</v>
       </c>
       <c r="Z24" s="6"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="8">
-        <v>568956</v>
+        <v>589631</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>144</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>145</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>146</v>
       </c>
       <c r="F25" s="6"/>
       <c r="G25" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H25" s="6"/>
       <c r="I25" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J25" s="8">
         <v>124</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>83</v>
       </c>
       <c r="L25" s="9">
         <v>649.0</v>
       </c>
       <c r="M25" s="9">
         <v>709.0</v>
       </c>
       <c r="N25" s="6"/>
       <c r="O25" s="6" t="s">
         <v>83</v>
       </c>
       <c r="P25" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q25" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R25" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S25" s="6" t="s">
         <v>147</v>
       </c>
       <c r="T25" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U25" s="6" t="s">
         <v>148</v>
       </c>
       <c r="V25" s="6"/>
       <c r="W25" s="6" t="s">
         <v>149</v>
       </c>
       <c r="X25" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y25" s="8">
         <v>0.168</v>
       </c>
       <c r="Z25" s="6"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="8">
-        <v>568957</v>
+        <v>589632</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>144</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>150</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>151</v>
       </c>
       <c r="F26" s="6"/>
       <c r="G26" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J26" s="8">
         <v>124</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>83</v>
       </c>
       <c r="L26" s="9">
         <v>649.0</v>
       </c>
       <c r="M26" s="9">
         <v>709.0</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>83</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q26" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R26" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S26" s="6" t="s">
         <v>152</v>
       </c>
       <c r="T26" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U26" s="6" t="s">
         <v>153</v>
       </c>
       <c r="V26" s="6"/>
       <c r="W26" s="6"/>
       <c r="X26" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y26" s="8">
         <v>0.168</v>
       </c>
       <c r="Z26" s="6"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="8">
-        <v>566163</v>
+        <v>587515</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>154</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>155</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>156</v>
       </c>
       <c r="F27" s="6"/>
       <c r="G27" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H27" s="6"/>
       <c r="I27" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J27" s="8">
         <v>322</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L27" s="9">
         <v>1609.0</v>
       </c>
       <c r="M27" s="9">
         <v>1769.0</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>58</v>
       </c>
@@ -2812,69 +2812,69 @@
         <v>65</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>157</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>158</v>
       </c>
       <c r="V27" s="6"/>
       <c r="W27" s="6" t="s">
         <v>98</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y27" s="8">
         <v>0.51</v>
       </c>
       <c r="Z27" s="6"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="8">
-        <v>566207</v>
+        <v>587538</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>159</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>160</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>156</v>
       </c>
       <c r="F28" s="6"/>
       <c r="G28" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H28" s="6"/>
       <c r="I28" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J28" s="8">
         <v>322</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L28" s="9">
         <v>1609.0</v>
       </c>
       <c r="M28" s="9">
         <v>1769.0</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O28" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q28" s="6" t="s">
         <v>58</v>
       </c>
@@ -2882,69 +2882,69 @@
         <v>65</v>
       </c>
       <c r="S28" s="6" t="s">
         <v>161</v>
       </c>
       <c r="T28" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U28" s="6" t="s">
         <v>162</v>
       </c>
       <c r="V28" s="6"/>
       <c r="W28" s="6" t="s">
         <v>86</v>
       </c>
       <c r="X28" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y28" s="8">
         <v>0.51</v>
       </c>
       <c r="Z28" s="6"/>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="8">
-        <v>566225</v>
+        <v>587542</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
         <v>164</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>165</v>
       </c>
       <c r="F29" s="6"/>
       <c r="G29" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H29" s="6"/>
       <c r="I29" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J29" s="8">
         <v>334</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L29" s="9">
         <v>1659.0</v>
       </c>
       <c r="M29" s="9">
         <v>1819.0</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P29" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q29" s="6" t="s">
         <v>166</v>
       </c>
@@ -2952,69 +2952,69 @@
         <v>167</v>
       </c>
       <c r="S29" s="6" t="s">
         <v>168</v>
       </c>
       <c r="T29" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U29" s="6" t="s">
         <v>169</v>
       </c>
       <c r="V29" s="6"/>
       <c r="W29" s="6" t="s">
         <v>170</v>
       </c>
       <c r="X29" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y29" s="8">
         <v>0.525</v>
       </c>
       <c r="Z29" s="6"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="8">
-        <v>566228</v>
+        <v>587544</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
         <v>171</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>165</v>
       </c>
       <c r="F30" s="6"/>
       <c r="G30" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H30" s="6"/>
       <c r="I30" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J30" s="8">
         <v>334</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L30" s="9">
         <v>1659.0</v>
       </c>
       <c r="M30" s="9">
         <v>1819.0</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P30" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q30" s="6" t="s">
         <v>166</v>
       </c>
@@ -3022,69 +3022,69 @@
         <v>167</v>
       </c>
       <c r="S30" s="6" t="s">
         <v>172</v>
       </c>
       <c r="T30" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U30" s="6" t="s">
         <v>173</v>
       </c>
       <c r="V30" s="6"/>
       <c r="W30" s="6" t="s">
         <v>174</v>
       </c>
       <c r="X30" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y30" s="8">
         <v>0.525</v>
       </c>
       <c r="Z30" s="6"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="8">
-        <v>561399</v>
+        <v>584109</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>175</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>176</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>177</v>
       </c>
       <c r="F31" s="6"/>
       <c r="G31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H31" s="6"/>
       <c r="I31" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J31" s="8">
         <v>289</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L31" s="9">
         <v>1469.0</v>
       </c>
       <c r="M31" s="9">
         <v>1619.0</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>58</v>
       </c>
@@ -3092,139 +3092,139 @@
         <v>59</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>178</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>179</v>
       </c>
       <c r="V31" s="6"/>
       <c r="W31" s="6" t="s">
         <v>74</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y31" s="8">
         <v>0.47</v>
       </c>
       <c r="Z31" s="6"/>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="8">
-        <v>562458</v>
+        <v>585002</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>175</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
         <v>180</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>177</v>
       </c>
       <c r="F32" s="6"/>
       <c r="G32" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H32" s="6"/>
       <c r="I32" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J32" s="8">
         <v>289</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L32" s="9">
         <v>1469.0</v>
       </c>
       <c r="M32" s="9">
         <v>1619.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O32" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q32" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R32" s="6" t="s">
         <v>59</v>
       </c>
       <c r="S32" s="6" t="s">
         <v>181</v>
       </c>
       <c r="T32" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U32" s="6" t="s">
         <v>182</v>
       </c>
       <c r="V32" s="6"/>
       <c r="W32" s="6" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="X32" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y32" s="8">
         <v>0.47</v>
       </c>
       <c r="Z32" s="6"/>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="8">
-        <v>568433</v>
+        <v>589181</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>183</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
         <v>184</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="F33" s="6"/>
       <c r="G33" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H33" s="6"/>
       <c r="I33" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J33" s="8">
         <v>247</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L33" s="9">
         <v>1289.0</v>
       </c>
       <c r="M33" s="9">
         <v>1419.0</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P33" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q33" s="6" t="s">
         <v>58</v>
       </c>