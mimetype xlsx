--- v1 (2026-01-21)
+++ v2 (2026-02-21)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
-[...1 lines deleted...]
-    <t>21.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+  <si>
+    <t>22.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -320,50 +320,65 @@
     <t>03.02.2025</t>
   </si>
   <si>
     <t>ПРОЕКТНОЕ УПРАВЛЕНИЕ В ОРГАНАХ ВЛАСТИ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Кадырова Г. М., Еремин С. Г., Галкин А. И. ; Под ред. Прокофьева С.Е.</t>
   </si>
   <si>
     <t>Предлагаемый курс обобщает методологическую, теоретическую и эмпирическую информацию, необходимую для формирования всестороннего системного представления о проектном управлении в органах власти. В нем раскрываются теоретико-правовые и концептуальные вопросы проектного управления в органах власти Российской Федерации, уточняется структура и ключевые процессы данного института, особое внимание уделяется аспектам управления национальными и федеральными, региональными и муниципальными проектами в органах власти, также исследуются особенности проектного управления в органах власти зарубежных стран, оцениваются перспективы его развития в нашей стране в эпоху цифровизации. Соответствует федеральному государственному образовательному стандарту высшего образования. Предназначен для студентов высших учебных заведений, обучающихся по социально-экономическим направлениям, преподавателей, государственных и муниципальных служащих, политических деятелей.</t>
   </si>
   <si>
     <t>978-5-534-21397-3</t>
   </si>
   <si>
     <t>60.82я73</t>
   </si>
   <si>
     <t>ПРОЕКТНОЕ УПРАВЛЕНИЕ В ОРГАНАХ ВЛАСТИ 2-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Предлагаемый курс обобщает методологическую, теоретическую и эмпирическую информацию, необходимую для формирования всестороннего системного представления о проектном управлении в органах власти. В нем раскрываются теоретико-правовые и концептуальные вопросы проектного управления в органах власти Российской Федерации, уточняется структура и ключевые процессы данного института, особое внимание уделяется аспектам управления национальными и федеральными, региональными и муниципальными проектами в органах власти, также исследуются особенности проектного управления в органах власти зарубежных стран, оцениваются перспективы его развития в нашей стране в эпоху цифровизации. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-21409-3</t>
+  </si>
+  <si>
+    <t>05.02.2026</t>
+  </si>
+  <si>
+    <t>РИСК-ОРИЕНТИРОВАННОЕ ГОСУДАРСТВЕННОЕ И МУНИЦИПАЛЬНОЕ УПРАВЛЕНИЕ. Учебник для вузов</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> С. Е. Прокофьев [и др.] ; под научной редакцией С. Е. Прокофьева, О. В. Паниной.</t>
+  </si>
+  <si>
+    <t>Предлагаемый курс обобщает методологическую, теоретическую и практико-ориентированную информацию, необходимую для всестороннего системного представления о риск-ориентированном государственном и муниципальном управлении. Содержание курса соответствует актуальному Федеральному государственному образовательному стандарту высшего образования. Курс предназначен для студентов, обучающихся по направлениям подготовки «Государственное и муниципальное управление», «Контрольно-надзорная деятельность», «Цифровизация государственного управления», «Управление рисками в публичной сфере», слушателей курсов повышения квалификации и программ профессиональной переподготовки, аспирантов и преподавателей, государственных и муниципальных служащих, специалистов в области риск-ориентированного государственного управления.</t>
+  </si>
+  <si>
+    <t>978-5-534-21957-9</t>
   </si>
   <si>
     <t>29.05.2024</t>
   </si>
   <si>
     <t>СИСТЕМА ГОСУДАРСТВЕННОГО И МУНИЦИПАЛЬНОГО УПРАВЛЕНИЯ 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Под ред. Еремина С.Г., Мусиновой Н.Н., Паниной О.В., Прокофьева С.Е.</t>
   </si>
   <si>
     <t>Информация, приведенная в курсе, — апробированный авторами на практике государственного и муниципального управления и дидактически обработанный материал. Курс поможет в изучении основных теоретических концепций государственного и муниципального управления, вопросов создания новой модели государственного и муниципального менеджмента, технологии применения современных методов управления. Данный курс подготовлен с учетом поправок, внесенных в Конституцию Российской Федерации и вступивших в силу 5 октября 2022 г. В курсе в большом объеме представлены теории государственного и муниципального управления, к каждой теме прилагается практикум, приводятся схемы для лучшего усвоения материала. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по социально-экономическим направлениям. Может быть полезен также студентам магистратуры, слушателям курсов повышения квалификации государственных и муниципальных служащих, аспирантам, в качестве дополнительной литературы может быть использован студентами среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-19168-4</t>
   </si>
   <si>
     <t>30.05.2024</t>
   </si>
   <si>
     <t>СИСТЕМА ГОСУДАРСТВЕННОГО УПРАВЛЕНИЯ 3-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Под ред. Прокофьева С.Е., Паниной О.В., Еремина С.Г., Мусиновой Н.Н.</t>
   </si>
@@ -981,59 +996,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/umnye-goroda-kak-centry-vnedreniya-innovacionnyh-tehnologiy-589954" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennaya-i-municipalnaya-sluzhba-583588" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennaya-i-municipalnaya-sluzhba-583707" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennaya-sluzhba-583914" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennoe-upravlenie-regionalnym-razvitiem-588605" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennyy-menedzhment-589094" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-sovremennogo-gosudarstvennogo-i-municipalnogo-upravleniya-589128" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-sovremennogo-gosudarstvennogo-i-municipalnogo-upravleniya-588452" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-socialnogo-gosudarstva-589473" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proektnoe-upravlenie-v-organah-vlasti-588451" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proektnoe-upravlenie-v-organah-vlasti-589129" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-gosudarstvennogo-i-municipalnogo-upravleniya-588215" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-gosudarstvennogo-upravleniya-585538" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-mestnogo-samoupravleniya-585540" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskoe-upravlenie-v-gosudarstvennoy-i-municipalnoy-sfere-588450" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-i-mehanizmy-sovremennogo-gosudarstvennogo-i-municipalnogo-upravleniya-588173" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennoy-i-municipalnoy-zakupochnoy-deyatelnostyu-587167" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennoy-i-municipalnoy-sobstvennostyu-imuschestvom-583801" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennoy-i-municipalnoy-sobstvennostyu-imuschestvom-584267" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennymi-i-municipalnymi-zakupkami-587463" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-zhilischno-kommunalnym-hozyaystvom-589631" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-zhilischno-kommunalnym-hozyaystvom-589632" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-krupneyshimi-gorodami-587515" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-territoriyami-krupnye-goroda-587538" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovoe-pravo-587542" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovoe-pravo-587544" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/etika-gosudarstvennoy-i-municipalnoy-sluzhby-584109" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/etika-gosudarstvennoy-i-municipalnoy-sluzhby-585002" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/effektivnost-i-rezultativnost-deyatelnosti-organov-vlasti-589181" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/umnye-goroda-kak-centry-vnedreniya-innovacionnyh-tehnologiy-589954" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennaya-i-municipalnaya-sluzhba-583588" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennaya-i-municipalnaya-sluzhba-583707" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennaya-sluzhba-583914" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennoe-upravlenie-regionalnym-razvitiem-588605" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennyy-menedzhment-589094" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-sovremennogo-gosudarstvennogo-i-municipalnogo-upravleniya-589128" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-sovremennogo-gosudarstvennogo-i-municipalnogo-upravleniya-588452" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-socialnogo-gosudarstva-589473" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proektnoe-upravlenie-v-organah-vlasti-588451" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proektnoe-upravlenie-v-organah-vlasti-589129" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/risk-orientirovannoe-gosudarstvennoe-i-municipalnoe-upravlenie-590709" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-gosudarstvennogo-i-municipalnogo-upravleniya-588215" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-gosudarstvennogo-upravleniya-585538" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-mestnogo-samoupravleniya-585540" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskoe-upravlenie-v-gosudarstvennoy-i-municipalnoy-sfere-588450" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-i-mehanizmy-sovremennogo-gosudarstvennogo-i-municipalnogo-upravleniya-588173" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennoy-i-municipalnoy-zakupochnoy-deyatelnostyu-587167" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennoy-i-municipalnoy-sobstvennostyu-imuschestvom-583801" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennoy-i-municipalnoy-sobstvennostyu-imuschestvom-584267" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-gosudarstvennymi-i-municipalnymi-zakupkami-587463" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-zhilischno-kommunalnym-hozyaystvom-589631" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-zhilischno-kommunalnym-hozyaystvom-589632" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-krupneyshimi-gorodami-587515" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-territoriyami-krupnye-goroda-587538" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovoe-pravo-587542" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovoe-pravo-587544" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/etika-gosudarstvennoy-i-municipalnoy-sluzhby-584109" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/etika-gosudarstvennoy-i-municipalnoy-sluzhby-585002" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/effektivnost-i-rezultativnost-deyatelnosti-organov-vlasti-589181" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z33"/>
+  <dimension ref="A1:Z34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -1092,51 +1107,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -1233,54 +1248,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>301</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1519.0</v>
+        <v>1629.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1669.0</v>
+        <v>1789.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -1303,54 +1318,54 @@
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>301</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1519.0</v>
+        <v>1629.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1669.0</v>
+        <v>1789.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
@@ -1373,54 +1388,54 @@
       <c r="B7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>301</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1519.0</v>
+        <v>1629.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1669.0</v>
+        <v>1789.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
@@ -1443,54 +1458,54 @@
       <c r="B8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>208</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1119.0</v>
+        <v>1199.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1229.0</v>
+        <v>1319.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>61</v>
       </c>
@@ -1513,54 +1528,54 @@
       <c r="B9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>331</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1649.0</v>
+        <v>1769.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1809.0</v>
+        <v>1949.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>67</v>
       </c>
@@ -1583,54 +1598,54 @@
       <c r="B10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>248</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1289.0</v>
+        <v>1379.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1419.0</v>
+        <v>1519.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>73</v>
       </c>
@@ -1653,54 +1668,54 @@
       <c r="B11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>250</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1299.0</v>
+        <v>1389.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1429.0</v>
+        <v>1529.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>78</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>79</v>
       </c>
@@ -1723,54 +1738,54 @@
       <c r="B12" s="6" t="s">
         <v>81</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>82</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>70</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>692</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>83</v>
       </c>
       <c r="L12" s="9">
-        <v>2829.0</v>
+        <v>3029.0</v>
       </c>
       <c r="M12" s="9">
-        <v>3109.0</v>
+        <v>3329.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>83</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>71</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>84</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>85</v>
       </c>
@@ -1793,54 +1808,54 @@
       <c r="B13" s="6" t="s">
         <v>87</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>88</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>89</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
         <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>255</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1319.0</v>
+        <v>1409.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1449.0</v>
+        <v>1549.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>71</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>90</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>91</v>
       </c>
@@ -1863,54 +1878,54 @@
       <c r="B14" s="6" t="s">
         <v>93</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>94</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>95</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
         <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>210</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>1129.0</v>
+        <v>1209.0</v>
       </c>
       <c r="M14" s="9">
-        <v>1239.0</v>
+        <v>1329.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S14" s="6" t="s">
         <v>96</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>97</v>
       </c>
@@ -1933,1383 +1948,1454 @@
       <c r="B15" s="6" t="s">
         <v>93</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>99</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>95</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
         <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>210</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>1129.0</v>
+        <v>1209.0</v>
       </c>
       <c r="M15" s="9">
-        <v>1239.0</v>
+        <v>1329.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>100</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>101</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
         <v>86</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y15" s="8">
         <v>0.374</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>588215</v>
+        <v>590709</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>103</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>104</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
         <v>2026</v>
       </c>
       <c r="J16" s="8">
-        <v>545</v>
+        <v>108</v>
       </c>
       <c r="K16" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="L16" s="9">
-        <v>2569.0</v>
+        <v>629.0</v>
       </c>
       <c r="M16" s="9">
-        <v>2829.0</v>
+        <v>689.0</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O16" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>71</v>
       </c>
       <c r="S16" s="6" t="s">
         <v>105</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y16" s="8">
-        <v>0.78</v>
+        <v>0.149</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>585538</v>
+        <v>588215</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>107</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>108</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>109</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
         <v>2026</v>
       </c>
       <c r="J17" s="8">
-        <v>134</v>
+        <v>545</v>
       </c>
       <c r="K17" s="6" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="L17" s="9">
-        <v>689.0</v>
+        <v>2749.0</v>
       </c>
       <c r="M17" s="9">
-        <v>759.0</v>
+        <v>3019.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="O17" s="6" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>71</v>
       </c>
       <c r="S17" s="6" t="s">
         <v>110</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
         <v>111</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
-        <v>112</v>
+        <v>74</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y17" s="8">
-        <v>0.18</v>
+        <v>0.78</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>585540</v>
+        <v>585538</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>113</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
         <v>2026</v>
       </c>
       <c r="J18" s="8">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>83</v>
       </c>
       <c r="L18" s="9">
-        <v>639.0</v>
+        <v>729.0</v>
       </c>
       <c r="M18" s="9">
-        <v>699.0</v>
+        <v>799.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>83</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R18" s="6" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="S18" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
-        <v>74</v>
+        <v>117</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y18" s="8">
-        <v>0.165</v>
+        <v>0.18</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="8">
-        <v>588450</v>
+        <v>585540</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
         <v>2026</v>
       </c>
       <c r="J19" s="8">
-        <v>250</v>
+        <v>121</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="L19" s="9">
-        <v>1299.0</v>
+        <v>679.0</v>
       </c>
       <c r="M19" s="9">
-        <v>1429.0</v>
+        <v>749.0</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
-        <v>120</v>
+        <v>74</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y19" s="8">
-        <v>0.423</v>
+        <v>0.165</v>
       </c>
       <c r="Z19" s="6"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="8">
-        <v>588173</v>
+        <v>588450</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>121</v>
       </c>
       <c r="E20" s="6" t="s">
-        <v>70</v>
+        <v>122</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="8">
         <v>2026</v>
       </c>
       <c r="J20" s="8">
-        <v>692</v>
+        <v>250</v>
       </c>
       <c r="K20" s="6" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="L20" s="9">
-        <v>2829.0</v>
+        <v>1389.0</v>
       </c>
       <c r="M20" s="9">
-        <v>3109.0</v>
+        <v>1529.0</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O20" s="6" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q20" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R20" s="6" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="S20" s="6" t="s">
-        <v>84</v>
+        <v>123</v>
       </c>
       <c r="T20" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U20" s="6" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="V20" s="6"/>
       <c r="W20" s="6" t="s">
-        <v>98</v>
+        <v>125</v>
       </c>
       <c r="X20" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y20" s="8">
-        <v>0.849</v>
+        <v>0.423</v>
       </c>
       <c r="Z20" s="6"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="8">
-        <v>587167</v>
+        <v>588173</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>123</v>
+        <v>81</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E21" s="6" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="F21" s="6"/>
       <c r="G21" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="8">
         <v>2026</v>
       </c>
       <c r="J21" s="8">
-        <v>392</v>
+        <v>692</v>
       </c>
       <c r="K21" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="L21" s="9">
-        <v>1909.0</v>
+        <v>3029.0</v>
       </c>
       <c r="M21" s="9">
-        <v>2099.0</v>
+        <v>3329.0</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O21" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="P21" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q21" s="6" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="R21" s="6" t="s">
-        <v>125</v>
+        <v>71</v>
       </c>
       <c r="S21" s="6" t="s">
-        <v>126</v>
+        <v>84</v>
       </c>
       <c r="T21" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U21" s="6" t="s">
         <v>127</v>
       </c>
       <c r="V21" s="6"/>
       <c r="W21" s="6" t="s">
-        <v>128</v>
+        <v>98</v>
       </c>
       <c r="X21" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y21" s="8">
-        <v>0.595</v>
+        <v>0.849</v>
       </c>
       <c r="Z21" s="6"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="8">
-        <v>583801</v>
+        <v>587167</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="E22" s="6" t="s">
-        <v>131</v>
+        <v>95</v>
       </c>
       <c r="F22" s="6"/>
       <c r="G22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="8">
         <v>2026</v>
       </c>
       <c r="J22" s="8">
-        <v>312</v>
+        <v>392</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L22" s="9">
-        <v>1569.0</v>
+        <v>2049.0</v>
       </c>
       <c r="M22" s="9">
-        <v>1729.0</v>
+        <v>2249.0</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q22" s="6" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="R22" s="6" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="S22" s="6" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="T22" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U22" s="6" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="V22" s="6"/>
       <c r="W22" s="6" t="s">
-        <v>49</v>
+        <v>133</v>
       </c>
       <c r="X22" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y22" s="8">
-        <v>0.498</v>
+        <v>0.595</v>
       </c>
       <c r="Z22" s="6"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="8">
-        <v>584267</v>
+        <v>583801</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>134</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>135</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="8">
         <v>2026</v>
       </c>
       <c r="J23" s="8">
         <v>312</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L23" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="M23" s="9">
-        <v>1729.0</v>
+        <v>1849.0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>137</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>138</v>
       </c>
       <c r="V23" s="6"/>
       <c r="W23" s="6" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y23" s="8">
         <v>0.498</v>
       </c>
       <c r="Z23" s="6"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="8">
-        <v>587463</v>
+        <v>584267</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>139</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>140</v>
       </c>
       <c r="E24" s="6" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="F24" s="6"/>
       <c r="G24" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="8">
         <v>2026</v>
       </c>
       <c r="J24" s="8">
-        <v>392</v>
+        <v>312</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L24" s="9">
-        <v>1909.0</v>
+        <v>1679.0</v>
       </c>
       <c r="M24" s="9">
-        <v>2099.0</v>
+        <v>1849.0</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q24" s="6" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="R24" s="6" t="s">
-        <v>125</v>
+        <v>65</v>
       </c>
       <c r="S24" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="T24" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U24" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="V24" s="6"/>
       <c r="W24" s="6" t="s">
-        <v>143</v>
+        <v>55</v>
       </c>
       <c r="X24" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y24" s="8">
-        <v>0.595</v>
+        <v>0.498</v>
       </c>
       <c r="Z24" s="6"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="8">
-        <v>589631</v>
+        <v>587463</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>144</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>145</v>
       </c>
       <c r="E25" s="6" t="s">
-        <v>146</v>
+        <v>95</v>
       </c>
       <c r="F25" s="6"/>
       <c r="G25" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H25" s="6"/>
       <c r="I25" s="8">
         <v>2026</v>
       </c>
       <c r="J25" s="8">
-        <v>124</v>
+        <v>392</v>
       </c>
       <c r="K25" s="6" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="L25" s="9">
-        <v>649.0</v>
+        <v>2049.0</v>
       </c>
       <c r="M25" s="9">
-        <v>709.0</v>
-[...1 lines deleted...]
-      <c r="N25" s="6"/>
+        <v>2249.0</v>
+      </c>
+      <c r="N25" s="6" t="s">
+        <v>51</v>
+      </c>
       <c r="O25" s="6" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="Q25" s="6" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="R25" s="6" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="S25" s="6" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="T25" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U25" s="6" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="V25" s="6"/>
       <c r="W25" s="6" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="X25" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y25" s="8">
-        <v>0.168</v>
+        <v>0.595</v>
       </c>
       <c r="Z25" s="6"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="8">
-        <v>589632</v>
+        <v>589631</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>150</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>151</v>
       </c>
       <c r="F26" s="6"/>
       <c r="G26" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="8">
         <v>2026</v>
       </c>
       <c r="J26" s="8">
         <v>124</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>83</v>
       </c>
       <c r="L26" s="9">
-        <v>649.0</v>
+        <v>689.0</v>
       </c>
       <c r="M26" s="9">
-        <v>709.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>759.0</v>
+      </c>
+      <c r="N26" s="6"/>
       <c r="O26" s="6" t="s">
         <v>83</v>
       </c>
       <c r="P26" s="6" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="Q26" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R26" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S26" s="6" t="s">
         <v>152</v>
       </c>
       <c r="T26" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U26" s="6" t="s">
         <v>153</v>
       </c>
       <c r="V26" s="6"/>
-      <c r="W26" s="6"/>
+      <c r="W26" s="6" t="s">
+        <v>154</v>
+      </c>
       <c r="X26" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y26" s="8">
         <v>0.168</v>
       </c>
       <c r="Z26" s="6"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="8">
-        <v>587515</v>
+        <v>589632</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>155</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>156</v>
       </c>
       <c r="F27" s="6"/>
       <c r="G27" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H27" s="6"/>
       <c r="I27" s="8">
         <v>2026</v>
       </c>
       <c r="J27" s="8">
-        <v>322</v>
+        <v>124</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="L27" s="9">
-        <v>1609.0</v>
+        <v>689.0</v>
       </c>
       <c r="M27" s="9">
-        <v>1769.0</v>
+        <v>759.0</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>157</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>158</v>
       </c>
       <c r="V27" s="6"/>
-      <c r="W27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="W27" s="6"/>
       <c r="X27" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y27" s="8">
-        <v>0.51</v>
+        <v>0.168</v>
       </c>
       <c r="Z27" s="6"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="8">
-        <v>587538</v>
+        <v>587515</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>159</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
         <v>160</v>
       </c>
       <c r="E28" s="6" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="F28" s="6"/>
       <c r="G28" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H28" s="6"/>
       <c r="I28" s="8">
         <v>2026</v>
       </c>
       <c r="J28" s="8">
         <v>322</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L28" s="9">
-        <v>1609.0</v>
+        <v>1719.0</v>
       </c>
       <c r="M28" s="9">
-        <v>1769.0</v>
+        <v>1889.0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="O28" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="Q28" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R28" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S28" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="T28" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U28" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="V28" s="6"/>
       <c r="W28" s="6" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="X28" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y28" s="8">
         <v>0.51</v>
       </c>
       <c r="Z28" s="6"/>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="8">
-        <v>587542</v>
+        <v>587538</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E29" s="6" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="F29" s="6"/>
       <c r="G29" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H29" s="6"/>
       <c r="I29" s="8">
         <v>2026</v>
       </c>
       <c r="J29" s="8">
-        <v>334</v>
+        <v>322</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L29" s="9">
-        <v>1659.0</v>
+        <v>1719.0</v>
       </c>
       <c r="M29" s="9">
-        <v>1819.0</v>
+        <v>1889.0</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P29" s="6" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="Q29" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="R29" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="S29" s="6" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
       <c r="T29" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U29" s="6" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="V29" s="6"/>
       <c r="W29" s="6" t="s">
-        <v>170</v>
+        <v>86</v>
       </c>
       <c r="X29" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y29" s="8">
-        <v>0.525</v>
+        <v>0.51</v>
       </c>
       <c r="Z29" s="6"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="8">
-        <v>587544</v>
+        <v>587542</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="F30" s="6"/>
       <c r="G30" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H30" s="6"/>
       <c r="I30" s="8">
         <v>2026</v>
       </c>
       <c r="J30" s="8">
         <v>334</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L30" s="9">
-        <v>1659.0</v>
+        <v>1779.0</v>
       </c>
       <c r="M30" s="9">
-        <v>1819.0</v>
+        <v>1959.0</v>
       </c>
       <c r="N30" s="6" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P30" s="6" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="Q30" s="6" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="R30" s="6" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="S30" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="T30" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U30" s="6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="V30" s="6"/>
       <c r="W30" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="X30" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y30" s="8">
         <v>0.525</v>
       </c>
       <c r="Z30" s="6"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="8">
-        <v>584109</v>
+        <v>587544</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
         <v>176</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="F31" s="6"/>
       <c r="G31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H31" s="6"/>
       <c r="I31" s="8">
         <v>2026</v>
       </c>
       <c r="J31" s="8">
-        <v>289</v>
+        <v>334</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L31" s="9">
-        <v>1469.0</v>
+        <v>1779.0</v>
       </c>
       <c r="M31" s="9">
-        <v>1619.0</v>
+        <v>1959.0</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>58</v>
+        <v>171</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>59</v>
+        <v>172</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="V31" s="6"/>
       <c r="W31" s="6" t="s">
-        <v>74</v>
+        <v>179</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y31" s="8">
-        <v>0.47</v>
+        <v>0.525</v>
       </c>
       <c r="Z31" s="6"/>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="8">
-        <v>585002</v>
+        <v>584109</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E32" s="6" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="F32" s="6"/>
       <c r="G32" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H32" s="6"/>
       <c r="I32" s="8">
         <v>2026</v>
       </c>
       <c r="J32" s="8">
         <v>289</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L32" s="9">
-        <v>1469.0</v>
+        <v>1569.0</v>
       </c>
       <c r="M32" s="9">
-        <v>1619.0</v>
+        <v>1729.0</v>
       </c>
       <c r="N32" s="6" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="O32" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P32" s="6" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="Q32" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R32" s="6" t="s">
         <v>59</v>
       </c>
       <c r="S32" s="6" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="T32" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U32" s="6" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="V32" s="6"/>
       <c r="W32" s="6" t="s">
-        <v>112</v>
+        <v>74</v>
       </c>
       <c r="X32" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y32" s="8">
         <v>0.47</v>
       </c>
       <c r="Z32" s="6"/>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="8">
-        <v>589181</v>
+        <v>585002</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>95</v>
+        <v>182</v>
       </c>
       <c r="F33" s="6"/>
       <c r="G33" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H33" s="6"/>
       <c r="I33" s="8">
         <v>2026</v>
       </c>
       <c r="J33" s="8">
-        <v>247</v>
+        <v>289</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L33" s="9">
-        <v>1289.0</v>
+        <v>1569.0</v>
       </c>
       <c r="M33" s="9">
-        <v>1419.0</v>
+        <v>1729.0</v>
       </c>
       <c r="N33" s="6" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="O33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P33" s="6" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="Q33" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R33" s="6" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
       <c r="S33" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="T33" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U33" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="V33" s="6"/>
       <c r="W33" s="6" t="s">
-        <v>187</v>
+        <v>117</v>
       </c>
       <c r="X33" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y33" s="8">
+        <v>0.47</v>
+      </c>
+      <c r="Z33" s="6"/>
+    </row>
+    <row r="34" spans="1:26">
+      <c r="A34" s="8">
+        <v>589181</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="C34" s="6"/>
+      <c r="D34" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="F34" s="6"/>
+      <c r="G34" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H34" s="6"/>
+      <c r="I34" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J34" s="8">
+        <v>247</v>
+      </c>
+      <c r="K34" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" s="9">
+        <v>1379.0</v>
+      </c>
+      <c r="M34" s="9">
+        <v>1519.0</v>
+      </c>
+      <c r="N34" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O34" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P34" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q34" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="R34" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="S34" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="T34" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U34" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="V34" s="6"/>
+      <c r="W34" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="X34" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y34" s="8">
         <v>0.419</v>
       </c>
-      <c r="Z33" s="6"/>
+      <c r="Z34" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>
     <hyperlink ref="G14" r:id="rId_hyperlink_10"/>
     <hyperlink ref="G15" r:id="rId_hyperlink_11"/>
     <hyperlink ref="G16" r:id="rId_hyperlink_12"/>
     <hyperlink ref="G17" r:id="rId_hyperlink_13"/>
     <hyperlink ref="G18" r:id="rId_hyperlink_14"/>
     <hyperlink ref="G19" r:id="rId_hyperlink_15"/>
     <hyperlink ref="G20" r:id="rId_hyperlink_16"/>
     <hyperlink ref="G21" r:id="rId_hyperlink_17"/>
     <hyperlink ref="G22" r:id="rId_hyperlink_18"/>
     <hyperlink ref="G23" r:id="rId_hyperlink_19"/>
     <hyperlink ref="G24" r:id="rId_hyperlink_20"/>
     <hyperlink ref="G25" r:id="rId_hyperlink_21"/>
     <hyperlink ref="G26" r:id="rId_hyperlink_22"/>
     <hyperlink ref="G27" r:id="rId_hyperlink_23"/>
     <hyperlink ref="G28" r:id="rId_hyperlink_24"/>
     <hyperlink ref="G29" r:id="rId_hyperlink_25"/>
     <hyperlink ref="G30" r:id="rId_hyperlink_26"/>
     <hyperlink ref="G31" r:id="rId_hyperlink_27"/>
     <hyperlink ref="G32" r:id="rId_hyperlink_28"/>
     <hyperlink ref="G33" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="G34" r:id="rId_hyperlink_30"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>