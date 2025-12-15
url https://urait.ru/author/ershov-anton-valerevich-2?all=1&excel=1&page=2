--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
-    <t>05.12.2025</t>
+    <t>15.12.2025</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>