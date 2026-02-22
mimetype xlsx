--- v1 (2025-12-15)
+++ v2 (2026-02-22)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
-[...1 lines deleted...]
-    <t>15.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+  <si>
+    <t>22.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -217,123 +217,120 @@
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Анестезиология и реаниматология</t>
   </si>
   <si>
     <t>Курс направлен на изучение важнейших разделов клинической патофизиологии, анестезиологии и реаниматологии боли и обезболивания. С самой современной точки зрения рассматриваются вопросы этиологии и нейрофизиологии боли, механизмы развития боли. Особое внимание уделено вопросам классификации боли и болевых синдромов. Последовательно излагаются принципы обезболивания с подробным анализом препаратов, применяемых для лечения пациентов с нейропатической болью. Особое внимание акцентируется на принципах оценки эффективности лечения болевых синдромов. Курс отличается последовательным и логическим изложением важнейших разделов общей и частной алгологии, конкретностью, простотой и практической направленностью.</t>
   </si>
   <si>
     <t>978-5-534-19773-0</t>
   </si>
   <si>
     <t>52.81я73</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
   <si>
     <t>11.08.2023</t>
   </si>
   <si>
     <t>ЛЕЧЕНИЕ БОЛИ. Учебное пособие для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> С. А. Перепелица [и др.] ; под редакцией С. А. Перепелицы, В. Т. Долгих, А. Н. Кузовлева.</t>
-[...1 lines deleted...]
-  <si>
     <t>Курс направлен на изучение важнейших разделов клинической патофизиологии, анестезиологии и реаниматологии боли и обезболивания. С самой современной точки зрения рассматриваются вопросы этиологии и нейрофизиологии боли, механизмы развития боли. Особое внимание уделено вопросам классификации боли и болевых синдромов. Последовательно излагаются принципы обезболивания с подробным анализом препаратов, применяемых для лечения пациентов с нейропатической болью. Особое внимание акцентируется на принципах оценки эффективности лечения болевых синдромов. Курс отличается последовательным и логическим изложением важнейших разделов общей и частной алгологии, конкретностью, простотой и практической направленностью. Для студентов и преподавателей средних специальных учебных медицинских заведений.</t>
   </si>
   <si>
     <t>978-5-534-20904-4</t>
   </si>
   <si>
     <t>02.12.2024</t>
   </si>
   <si>
     <t>ОБЩАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. Т. Долгих [и др.] ; под общей редакцией В. Т. Долгих.</t>
+    <t>Под общ. ред. Долгих В.Т.</t>
   </si>
   <si>
     <t>Курс направлен на изучение основ патофизиологии; с самой современной точки зрения рассматриваются общая патофизиология, патофизиология обмена веществ и опухолевых процессов. Курс отличается последовательным и логическим изложением важнейших разделов патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных нозологических форм заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по медицинским направлениям, ординаторов, аспирантов, преподавателей и врачей различных специальностей.</t>
   </si>
   <si>
     <t>978-5-534-20961-7</t>
   </si>
   <si>
     <t>04.12.2024</t>
   </si>
   <si>
     <t>ОБЩАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Курс направлен на изучение основ патофизиологии; с самой современной точки зрения рассматриваются общая патофизиология, патофизиология обмена веществ и опухолевых процессов. Курс отличается последовательным и логическим изложением важнейших разделов патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных нозологических форм заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20964-8</t>
   </si>
   <si>
     <t>52.5я723</t>
   </si>
   <si>
     <t>11.08.2022</t>
   </si>
   <si>
     <t>СЕРДЕЧНО-СОСУДИСТАЯ НЕДОСТАТОЧНОСТЬ. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. Т. Долгих [и др.] ; под редакцией В. Т. Долгих, М. Л. Благонравова, С. А. Перепелицы.</t>
+    <t>Под ред. Долгих В.Т., Благонравова М.Л., Перепелицы С.А.</t>
   </si>
   <si>
     <t>Учебник направлен на изучение важнейших разделов патофизиологии сердечно-сосудистой системы: острой и хронической сердечной недостаточности, кардиогенного шока, коронарной недостаточности, алкогольного поражения сердца, сердечных аритмий, нарушений сосудистого тонуса, гемодинамических нарушений при шоковых и коматозных состояниях. После каждой главы имеются ситуационные задачи. Содержанию учебника предшествует краткий экскурс в физиологию сердечно-сосудистой системы. Учебник отличается последовательным и логичным изложением важнейших разделов патофизиологии сердечно-сосудистой системы, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний сердца и сосудов. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Учебник предназначен для студентов высших учебных заведений, обучающихся по медицинским направлениям, ординаторов, аспирантов, преподавателей и врачей различных специальностей.</t>
   </si>
   <si>
     <t>978-5-534-15681-2</t>
   </si>
   <si>
     <t>54.10я73</t>
   </si>
   <si>
     <t>СЕРДЕЧНО-СОСУДИСТАЯ НЕДОСТАТОЧНОСТЬ. Учебник для СПО</t>
   </si>
   <si>
     <t>Учебник направлен на изучение важнейших разделов патофизиологии сердечно-сосудистой системы: острой и хронической сердечной недостаточности, кардиогенного шока, коронарной недостаточности, алкогольного поражения сердца, сердечных аритмий, нарушений сосудистого тонуса, гемодинамических нарушений при шоковых и коматозных состояниях. После каждой главы имеются ситуационные задачи. Содержанию учебника предшествует краткий экскурс в физиологию сердечно-сосудистой системы. Учебник отличается последовательным и логичным изложением важнейших разделов патофизиологии сердечно-сосудистой системы, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний сердца и сосудов. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования.. Учебник предназначен для студентов высших и средних учебных заведений, обучающихся по медицинским направлениям, ординаторов, аспирантов, преподавателей и врачей различных специальностей.</t>
   </si>
   <si>
     <t>978-5-534-17406-9</t>
   </si>
   <si>
     <t>20.03.2025</t>
   </si>
   <si>
     <t>ЧАСТНАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник для вузов</t>
   </si>
   <si>
-    <t>В.Т. Долгих [и др.]; под редакцией В.Т. Долгих.</t>
+    <t>Под ред. Долгих В.Т.</t>
   </si>
   <si>
     <t>Курс направлен на изучение важнейших разделов патофизиологии органов и систем; с самой современной точки зрения рассматриваются вопросы патологии системы крови и гемостаза, сердечно-сосудистой и дыхательной систем, патофизиологии пищеварения, печени, почек, центральной нервной системы, имунной и эндокринной систем, вопросы боли и обезболивания, актуальные аспекты поражения органов и тканей при алкоголизме и наркомании. Курс отличается последовательным и логическим изложением частной патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Для студентов высших учебных заведений, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20971-6</t>
   </si>
   <si>
     <t>21.03.2025</t>
   </si>
   <si>
     <t>ЧАСТНАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Курс направлен на изучение важнейших разделов патофизиологии органов и систем; с самой современной точки зрения рассматриваются вопросы патологии системы крови и гемостаза, сердечно-сосудистой и дыхательной систем, патофизиологии пищеварения, печени, почек, центральной нервной системы, имунной и эндокринной систем, вопросы боли и обезболивания, актуальные аспекты поражения органов и тканей при алкоголизме и наркомании. Курс отличается последовательным и логическим изложением частной патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20974-7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -711,51 +708,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kliniko-patofiziologicheskie-aspekty-gematologicheskih-narusheniy-568724" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-568379" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-568651" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lechenie-boli-557094" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lechenie-boli-558972" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-559064" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-559067" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-568290" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-568667" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-559074" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-559077" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kliniko-patofiziologicheskie-aspekty-gematologicheskih-narusheniy-589449" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-589127" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-589384" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lechenie-boli-589038" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lechenie-boli-589385" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586707" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586729" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-589087" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-589400" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587711" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587721" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -936,809 +933,809 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>568724</v>
+        <v>589449</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>200</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>869.0</v>
+        <v>929.0</v>
       </c>
       <c r="M5" s="9">
-        <v>959.0</v>
+        <v>1019.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.362</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>568379</v>
+        <v>589127</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>375</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1839.0</v>
+        <v>1969.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2019.0</v>
+        <v>2169.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.574</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>568651</v>
+        <v>589384</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>375</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1839.0</v>
+        <v>1969.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2019.0</v>
+        <v>2169.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.574</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>557094</v>
+        <v>589038</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>122</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="9">
-        <v>509.0</v>
+        <v>549.0</v>
       </c>
       <c r="M8" s="9">
-        <v>559.0</v>
+        <v>599.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Y8" s="8">
         <v>0.132</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>558972</v>
+        <v>589385</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>122</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="9">
-        <v>509.0</v>
+        <v>549.0</v>
       </c>
       <c r="M9" s="9">
-        <v>559.0</v>
+        <v>599.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>59</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Y9" s="8">
         <v>0.132</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>559064</v>
+        <v>586707</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" s="6" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>491</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>2339.0</v>
+        <v>2499.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2569.0</v>
+        <v>2749.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.715</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>559067</v>
+        <v>586729</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>491</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>2339.0</v>
+        <v>2499.0</v>
       </c>
       <c r="M11" s="9">
-        <v>2569.0</v>
+        <v>2749.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.715</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>568290</v>
+        <v>589087</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" s="6" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>150</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>699.0</v>
+        <v>749.0</v>
       </c>
       <c r="M12" s="9">
-        <v>769.0</v>
+        <v>819.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Y12" s="8">
         <v>0.24</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>568667</v>
+        <v>589400</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>150</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>699.0</v>
+        <v>749.0</v>
       </c>
       <c r="M13" s="9">
-        <v>769.0</v>
+        <v>819.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Y13" s="8">
         <v>0.24</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>559074</v>
+        <v>587711</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E14" s="6" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>499</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>2379.0</v>
+        <v>2539.0</v>
       </c>
       <c r="M14" s="9">
-        <v>2619.0</v>
+        <v>2789.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.724</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>559077</v>
+        <v>587721</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>499</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>2379.0</v>
+        <v>2539.0</v>
       </c>
       <c r="M15" s="9">
-        <v>2619.0</v>
+        <v>2789.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y15" s="8">
         <v>0.724</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>