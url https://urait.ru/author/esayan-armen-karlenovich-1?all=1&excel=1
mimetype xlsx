--- v0 (2025-12-06)
+++ v1 (2026-02-08)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>06.12.2025</t>
+    <t>08.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -109,93 +109,93 @@
   <si>
     <t>Аннотация</t>
   </si>
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
-    <t>19.08.2019</t>
-[...2 lines deleted...]
-    <t>КОНСТИТУЦИОННО-ПРАВОВЫЕ ОСНОВЫ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ. Учебник для вузов</t>
+    <t>28.01.2026</t>
+  </si>
+  <si>
+    <t>Противодействие коррупции: международное и конституционное право 2-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>Трунцевский Ю. В., Есаян А. К. ; Под общ. ред. Трунцевского Ю.В.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
+    <t>Гриф УМО ВО</t>
+  </si>
+  <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Конституционное (государственное) право</t>
   </si>
   <si>
-    <t>В учебном пособии изложены основные положения, характеризующие глобальные, региональные и национальные антикоррупционные системы в конституционно-правовом аспекте. Раскрыто содержание международно-правовых стандартов противодействия коррупции, вопросы, организационно-правовые механизмы их имплементации и инкорпорации в национальное право. Значительное место отведено освещению роли конституционного права в регламентации мер по противодействию коррупции. Подробно характеризуются антикоррупционные национальные модели стран мира. Издание предназначено для студентов магистратуры, научных и практических работников, аспирантов и преподавателей образовательных, научно-исследовательских учреждений, а также правоохранительных органов.</t>
+    <t>В курсе изложены основные положения, характеризующие глобальные, региональные и национальные антикоррупционные системы в конституционно-правовом аспекте. Раскрыто содержание международно-правовых стандартов противодействия коррупции, вопросы и организационно-правовые механизмы их имплементации и инкорпорации в национальное право. Значительное место отведено освещению роли конституционного права в регламентации мер по противодействию коррупции. Подробно характеризуются антикоррупционные национальные модели стран мира. Цифровой курс на платформе Юрайт включает интерактивные тесты, нацеленные на формирование комплексного представления о международных и конституционно-правовых аспектах противодействия коррупции.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
-    <t>978-5-534-11938-1</t>
+    <t>978-5-534-21893-0</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>11.10.2023</t>
   </si>
   <si>
     <t>УГОЛОВНОЕ ПРАВО. ОСОБЕННАЯ ЧАСТЬ. ПРЕСТУПЛЕНИЯ В СФЕРЕ ЭКОНОМИКИ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Под общ. ред. Гладких В.И., Есаяна А.К.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Уголовное право</t>
   </si>
   <si>
     <t>В курсе дается развернутый уголовно-правовой анализ конкретных составов преступлений в сфере экономики, рассматриваются наиболее проблемные вопросы их квалификации. При анализе наиболее сложных для квалификации составов преступлений используются материалы постановлений Пленума Верховного Суда Российской Федерации. Курс подготовлен в соответствии с Федеральным государственным образовательным стандартом высшего образования по специальности «Юриспруденция» и программой курса «Уголовное право». Курс предназначен для бакалавров, магистрантов, аспирантов, обучающихся по юридической специальности.</t>
   </si>
   <si>
     <t>978-5-534-17480-9</t>
   </si>
   <si>
     <t>67.408я73</t>
   </si>
   <si>
     <t>13.10.2023</t>
   </si>
   <si>
     <t>УГОЛОВНОЕ ПРАВО. ОСОБЕННАЯ ЧАСТЬ. ПРЕСТУПЛЕНИЯ ПРОТИВ ЛИЧНОСТИ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе дается развернутый уголовно-правовой анализ конкретных составов преступлений против личности, рассматриваются наиболее проблемные вопросы их квалификации. При анализе наиболее сложных для квалификации составов преступлений используются материалы постановлений Пленума Верховного Суда Российской Федерации. Курс подготовлен в соответствии с Федеральным государственным образовательным стандартом высшего образования по специальности «Юриспруденция» и программой курса «Уголовное право». Курс предназначен для бакалавров, магистрантов, аспирантов, обучающихся по юридической специальности.</t>
   </si>
   <si>
     <t>978-5-534-17501-1</t>
   </si>
@@ -603,51 +603,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konstitucionno-pravovye-osnovy-protivodeystviya-korrupcii-566607" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-prestupleniya-v-sfere-ekonomiki-567545" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-prestupleniya-protiv-lichnosti-567544" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-prestupleniya-protiv-gosudarstvennoy-vlasti-voennoy-sluzhby-mira-i-bezopasnosti-chelovechestva-567547" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-prestupleniya-protiv-obschestvennoy-bezopasnosti-i-obschestvennogo-poryadka-567546" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/protivodeystvie-korrupcii-mezhdunarodnoe-i-konstitucionnoe-pravo-582386" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-prestupleniya-v-sfere-ekonomiki-567545" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-prestupleniya-protiv-lichnosti-567544" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-prestupleniya-protiv-gosudarstvennoy-vlasti-voennoy-sluzhby-mira-i-bezopasnosti-chelovechestva-567547" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-prestupleniya-protiv-obschestvennoy-bezopasnosti-i-obschestvennogo-poryadka-567546" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -828,390 +828,392 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>566607</v>
+        <v>582386</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
-        <v>481</v>
+        <v>402</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
+        <v>2089.0</v>
+      </c>
+      <c r="M5" s="9">
         <v>2299.0</v>
       </c>
-      <c r="M5" s="9">
-[...2 lines deleted...]
-      <c r="N5" s="6"/>
+      <c r="N5" s="6" t="s">
+        <v>35</v>
+      </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6">
         <v>67.9</v>
       </c>
       <c r="X5" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="Y5" s="8">
-        <v>0.703</v>
+        <v>0.607</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
         <v>567545</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2025</v>
       </c>
       <c r="J6" s="8">
         <v>324</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1619.0</v>
+        <v>1729.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1779.0</v>
+        <v>1899.0</v>
       </c>
       <c r="N6" s="6" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="Y6" s="8">
         <v>0.513</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
         <v>567544</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2025</v>
       </c>
       <c r="J7" s="8">
         <v>206</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1109.0</v>
+        <v>1189.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1219.0</v>
+        <v>1309.0</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="T7" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X7" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="Y7" s="8">
         <v>0.37</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
         <v>567547</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2025</v>
       </c>
       <c r="J8" s="8">
         <v>312</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1729.0</v>
+        <v>1849.0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T8" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X8" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="Y8" s="8">
         <v>0.498</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
         <v>567546</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2025</v>
       </c>
       <c r="J9" s="8">
         <v>352</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1739.0</v>
+        <v>1859.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1909.0</v>
+        <v>2039.0</v>
       </c>
       <c r="N9" s="6" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T9" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X9" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="Y9" s="8">
         <v>0.546</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>