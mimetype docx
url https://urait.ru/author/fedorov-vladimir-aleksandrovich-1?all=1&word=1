--- v0 (2025-12-25)
+++ v1 (2026-02-20)
@@ -13,88 +13,88 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Павленко, Н. И. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">История России 1700-1861 гг. (с картами) : учебник для среднего профессионального образования / Н. И. Павленко, И. Л. Андреев, В. А. Федоров. — 6-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 309 с. — (Профессиональное образование). — ISBN 978-5-534-03873-6.</w:t>
+        <w:t xml:space="preserve">История России 1700-1861 гг : учебник для среднего профессионального образования / Н. И. Павленко, И. Л. Андреев, В. А. Федоров. — 6-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 298 с. — (Профессиональное образование). — ISBN 978-5-534-03873-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561125</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/583903</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Павленко, Н. И. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">История России 1700—1861 гг. (с картами) : учебник для вузов / Н. И. Павленко, И. Л. Андреев, В. А. Федоров. — 6-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 312 с. — (Высшее образование). — ISBN 978-5-534-02047-2.</w:t>
+        <w:t xml:space="preserve">История России 1700—1861 гг : учебник для вузов / Н. И. Павленко, И. Л. Андреев, В. А. Федоров. — 6-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 298 с. — (Высшее образование). — ISBN 978-5-534-02047-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561124</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/583902</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Федоров, В. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">История России 1861-1917 гг : учебник для среднего профессионального образования / В. А. Федоров, Н. А. Федорова. — 5-е изд., испр. — Москва : Издательство Юрайт, 2026. — 349 с. — (Профессиональное образование). — ISBN 978-5-534-02379-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -261,51 +261,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="Link"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561125" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561124" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583904" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582544" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583903" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583902" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583904" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582544" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>