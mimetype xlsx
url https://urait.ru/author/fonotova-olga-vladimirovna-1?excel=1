--- v0 (2025-12-26)
+++ v1 (2026-02-20)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
-[...1 lines deleted...]
-    <t>26.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+  <si>
+    <t>21.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -146,50 +146,68 @@
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Международное право и международное частное право</t>
   </si>
   <si>
     <t>Данный курс освещает актуальные вопросы теории и практики национального, наднационального и транснационального правового регулирования корпораций в международном деловом обороте. Рассматриваются основные понятия, источники и институты корпоративного права, проводится сравнительно-правовой анализ тенденций его развития в странах континентальной Европы, Великобритании, США и России. Впервые в учебной литературе раскрыты причины глобальных корпоративных процессов, обозначены вызовы, стоящие перед современной коммерческой организацией, и предложены эффективные правовые средства для обеспечения баланса интересов участников международных корпоративных отношений. Исследованы решения зарубежных судов, оказавшие влияние на правовое регулирование трансграничных корпоративных групп, выделены ключевые аспекты юридического сопровождения корпоративных процедур. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, аспирантов и преподавателей юридических и экономических вузов и факультетов, практикующих юристов и всех интересующихся международным корпоративным правом.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-15241-8</t>
   </si>
   <si>
     <t>67я73</t>
   </si>
   <si>
     <t>70*100/16</t>
+  </si>
+  <si>
+    <t>30.01.2026</t>
+  </si>
+  <si>
+    <t>Международное частное право. Особенная часть 7-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Гетьман-Павлова И. В., Крутий Е. А., Фонотова О. В.</t>
+  </si>
+  <si>
+    <t>В курсе излагаются основные положения дисциплины «Международное частное право». В Особенной части (том 2) анализируются специальные институты и подотрасли международного частного права — право лиц, международное вещное право, международное контрактное право, международное частное транспортное право, международное частное валютное право, международное частное право интеллектуальной собственности, международное деликтное право, международное наследственное право, международное семейное право. Особое внимание в курсе уделено исследованию национального законодательства зарубежных стран и международных договоров в сфере международного частного права. Курс ориентирован на студентов, аспирантов, слушателей программ профессиональной переподготовки и повышения квалификации, преподавателей юридических вузов и психологических факультетов, а также работников правоохранительных органов (следователей, прокуроров, судей, сотрудников органов юстиции), адвокатов, судебных психологов.</t>
+  </si>
+  <si>
+    <t>978-5-534-18322-1</t>
+  </si>
+  <si>
+    <t>67.412.2я73</t>
   </si>
   <si>
     <t>29.11.2023</t>
   </si>
   <si>
     <t>ПРАВОВОЕ СОПРОВОЖДЕНИЕ КОММЕРЧЕСКИХ ПРОЕКТОВ. Учебник для вузов</t>
   </si>
   <si>
     <t>Предпринимательское и коммерческое право</t>
   </si>
   <si>
     <t>Издание посвящено изучению актуальных вопросов теории и практики правового сопровождения проектов в коммерческой деятельности. Рассматриваются теоретические концепции и положения в области проектной работы, тенденции развития правовой поддержки коммерческих проектов, особенности правового сопровождения отдельных видов проектов, а также лучшие деловые практики юридического обеспечения проектной деятельности в бизнесе. Содержание основано на материалах авторской учебной дисциплины по юридическому сопровождению проектной деятельности, а также на результатах руководства автором проектной работой студентов на факультете права НИУ «Высшая школа экономики» в период с 2019 по 2023 г. Для студентов, аспирантов и преподавателей юридических вузов и факультетов, практикующих юристов и всех стремящихся усовершенствовать навыки проектной работы.</t>
   </si>
   <si>
     <t>978-5-534-18476-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
@@ -564,89 +582,89 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-korporativnoe-pravo-567760" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-soprovozhdenie-kommercheskih-proektov-568845" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-korporativnoe-pravo-588607" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-chastnoe-pravo-osobennaya-chast-580460" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-soprovozhdenie-kommercheskih-proektov-589554" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z6"/>
+  <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
     <col min="19" max="19" width="100" customWidth="true" style="0"/>
     <col min="20" max="20" width="19" customWidth="true" style="0"/>
     <col min="21" max="21" width="17.139" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8.284" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="8.284" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="11.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="13.854" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
@@ -675,51 +693,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -789,197 +807,268 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>567760</v>
+        <v>588607</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>278</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1419.0</v>
+        <v>1519.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1559.0</v>
+        <v>1669.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.457</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>568845</v>
+        <v>580460</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
-        <v>173</v>
+        <v>547</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>769.0</v>
+        <v>2759.0</v>
       </c>
       <c r="M6" s="9">
-        <v>849.0</v>
+        <v>3029.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
+        <v>0.783</v>
+      </c>
+      <c r="Z6" s="6"/>
+    </row>
+    <row r="7" spans="1:26">
+      <c r="A7" s="8">
+        <v>589554</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="6"/>
+      <c r="G7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H7" s="6"/>
+      <c r="I7" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J7" s="8">
+        <v>173</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" s="9">
+        <v>829.0</v>
+      </c>
+      <c r="M7" s="9">
+        <v>909.0</v>
+      </c>
+      <c r="N7" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O7" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P7" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q7" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="R7" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="S7" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="T7" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U7" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="V7" s="6"/>
+      <c r="W7" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="X7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y7" s="8">
         <v>0.329</v>
       </c>
-      <c r="Z6" s="6"/>
+      <c r="Z7" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>