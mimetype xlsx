--- v0 (2025-12-25)
+++ v1 (2026-02-08)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
-[...1 lines deleted...]
-    <t>25.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+  <si>
+    <t>09.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -166,69 +166,72 @@
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>17.07.2025</t>
   </si>
   <si>
     <t>Озеленение городов и населенных пунктов 5-е изд., испр. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>978-5-534-19492-0, 978-5-534-10538-4</t>
   </si>
   <si>
     <t>21.04.2025</t>
   </si>
   <si>
     <t>СТРОИТЕЛЬСТВО И СОДЕРЖАНИЕ ОБЪЕКТОВ ЛАНДШАФТНОЙ АРХИТЕКТУРЫ 5-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
+    <t>Теодоронский В. С., Фролова В. А., Сабо Е. Д. ; Под ред. Теодоронского В.С.</t>
+  </si>
+  <si>
+    <t>Гриф УМО ВО</t>
+  </si>
+  <si>
+    <t>Технические науки</t>
+  </si>
+  <si>
+    <t>Строительство</t>
+  </si>
+  <si>
+    <t>Рассмотрены вопросы создания объектов ландшафтной архитектуры, благоустройства территорий объектов, организация строительства инженерных сооружений, устройство дорожной сети, регулирование водного режима на территориях объектов, номенклатура, конструкции, материалы строительства. Освещены основные теоретические вопросы озеленения объектов ландшафтной архитектуры: посадка деревьев и кустарников, устройство газонов, цветников и их содержание. Изложены вопросы организации производства работ, инвентаризации территории объектов.</t>
+  </si>
+  <si>
+    <t>978-5-534-19837-9</t>
+  </si>
+  <si>
+    <t>СТРОИТЕЛЬСТВО И СОДЕРЖАНИЕ ОБЪЕКТОВ ЛАНДШАФТНОЙ АРХИТЕКТУРЫ 5-е изд., испр. и доп. Учебник для СПО</t>
+  </si>
+  <si>
     <t>Теодоронский В. С., Сабо Е. Д., Фролова В. А. ; Под ред. Теодоронского В.С.</t>
-  </si>
-[...16 lines deleted...]
-    <t>СТРОИТЕЛЬСТВО И СОДЕРЖАНИЕ ОБЪЕКТОВ ЛАНДШАФТНОЙ АРХИТЕКТУРЫ 5-е изд., испр. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>В учебнике хорошо представлены основные современные методы анализа и проектирования ландшафтной архитектуры, подробно рассмотрены строительство и содержание таких объектов и даны соответствующие описательные примеры, представлены методы расчета и статистические данные. В издании использованы материалы и графические рисунки авторов по книге «Строительство и эксплуатация объектов ландшафтной архитектуры», выпущенной издательским центром «Академия» в 2008 г. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по инженерно-техническим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-11412-6</t>
   </si>
   <si>
     <t>38я723</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -597,51 +600,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ozelenenie-gorodov-i-naselennyh-punktov-580151" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ozelenenie-gorodov-i-naselennyh-punktov-580152" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/stroitelstvo-i-soderzhanie-obektov-landshaftnoy-arhitektury-577325" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/stroitelstvo-i-soderzhanie-obektov-landshaftnoy-arhitektury-580154" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ozelenenie-gorodov-i-naselennyh-punktov-589795" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ozelenenie-gorodov-i-naselennyh-punktov-589796" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/stroitelstvo-i-soderzhanie-obektov-landshaftnoy-arhitektury-584191" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/stroitelstvo-i-soderzhanie-obektov-landshaftnoy-arhitektury-588152" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -822,317 +825,317 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>580151</v>
+        <v>589795</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>181</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>999.0</v>
+        <v>1069.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1099.0</v>
+        <v>1179.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y5" s="8">
         <v>0.339</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>580152</v>
+        <v>589796</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>180</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>999.0</v>
+        <v>1069.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1099.0</v>
+        <v>1179.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y6" s="8">
         <v>0.338</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>577325</v>
+        <v>584191</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>440</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2119.0</v>
+        <v>2269.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2329.0</v>
+        <v>2499.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y7" s="8">
         <v>0.653</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>580154</v>
+        <v>588152</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>48</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>440</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2119.0</v>
+        <v>2269.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2329.0</v>
+        <v>2499.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y8" s="8">
         <v>0.653</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">