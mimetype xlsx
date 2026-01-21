--- v0 (2025-12-05)
+++ v1 (2026-01-21)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
-    <t>05.12.2025</t>
+    <t>21.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,92 +115,89 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>07.11.2017</t>
   </si>
   <si>
     <t>ГРАЖДАНСКИЙ ПРОЦЕСС. ОТВЕТСТВЕННОСТЬ В ГРАЖДАНСКОМ СУДОПРОИЗВОДСТВЕ 2-е изд., пер. и доп. Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> М. Л. Гальперин.</t>
+    <t>Гальперин М. Л.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Гражданский и арбитражный процесс</t>
   </si>
   <si>
-    <t>В данном курсе проведен комплексный анализ категории неуважения к суду в гражданской процессуальной сфере, выявлено и обосновано значение указанной категории в механизме ответственности в современном гражданском судопроизводстве, изучаются вопросы процессуальной ответственности посредством исследования конкретных элементов механизма ответственности в гражданском судопроизводстве: оснований, условий освобождения от ответственности, мер процессуальной ответственности. Также рассматриваются вопросы ответственности в третейском разбирательстве и международном коммерческом арбитраже. Автор сформулировал обоснованные предложения по внесению изменений и дополнений в законодательство о гражданском судопроизводстве.</t>
+    <t>В данной научной работе проведено комплексное исследование категории неуважения к суду в гражданской процессуальной сфере, выявлено и обосновано значение указанной категории в механизме ответственности в современном гражданском судопроизводстве, изучаются вопросы процессуальной ответственности посредством исследования конкретных элементов механизма ответственности в гражданском судопроизводстве: оснований, условий освобождения от ответственности, мер процессуальной ответственности. Также рассматриваются вопросы ответственности в третейском разбирательстве и международном коммерческом арбитраже. Автор сформулировал обоснованные предложения по внесению изменений и дополнений в законодательство о гражданском судопроизводстве. Монография предназначена преподавателям, аспирантам, магистрантам и студентам, а также широкому кругу читателей, интересующихся темой ответственности в гражданском судопроизводстве.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-19897-3</t>
   </si>
   <si>
     <t>Я.73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
     <t>ИСПОЛНИТЕЛЬНОЕ ПРОИЗВОДСТВО 6-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t>Гальперин М. Л.</t>
-[...1 lines deleted...]
-  <si>
     <t>В обновленном курсе раскрываются его материально-правовые и процессуальные основы исполнения с учетом норм гражданского, финансового, административного и процессуального права; на конкретных примерах из российской и международной практики объясняется назначение правовых институтов, идеология функционирования системы принудительного исполнения. Авторский курс по исполнительному производству неоднократно признавался студентами факультета права Высшей школы экономики лучшим по критериям «Полезность курса для Вашей будущей карьеры», «Полезность курса для расширения кругозора и разностороннего развития», «Новизна полученных знаний». Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования.</t>
   </si>
   <si>
     <t>978-5-534-17300-0</t>
   </si>
   <si>
     <t>67.410я73</t>
   </si>
   <si>
     <t>06.05.2021</t>
   </si>
   <si>
     <t>ИСПОЛНИТЕЛЬНОЕ ПРОИЗВОДСТВО. ПРАКТИКУМ 2-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>Обновленная редакция практикума продолжает серию учебных пособий, следуя за выдержавшим несколько изданий авторским учебником по исполнительному производству. Практикум не только призван познакомить читателя с институтами исполнительного производства, но и направлен на развитие аналитических способностей, приобретение необходимых студенту профессиональных навыков применения и толкования закона. Цель книги — позволить понять логику законодателя и суда, научить мыслить и рассуждать как современного юриста. Настоящий практикум - не просто свод задач, а систематизированный сборник наиболее важных и интересных судебных прецедентов, ознакомление с которыми необходимо любому юристу, изучающему и применяющему законодательство об исполнительном производстве. Каждое задание в основной части практикума — реальное судебное дело. Таким образом, при работе с книгой читатель не только закрепляет теоретические знания, но и приобретает новые, знакомясь с актуальными правовыми позициями, которые пригодятся в профессиональной деятельности. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования.</t>
   </si>
   <si>
     <t>978-5-534-14019-4</t>
   </si>
   <si>
     <t>13.10.2023</t>
   </si>
   <si>
     <t>ИСПОЛНИТЕЛЬНОЕ ПРОИЗВОДСТВО: ЦИВИЛИСТИЧЕСКИЕ ОСНОВЫ. Учебник для вузов</t>
@@ -209,50 +206,53 @@
     <t>В курсе кратко и наглядно освещены вопросы принудительной реализации гражданских прав с использованием исполнительного производства. С помощью курса у читателя появится возможность закрепить и развить уже имеющиеся познания в частном праве, проследить взаимосвязи между процессуальными и материально-правовыми институтами. Таким образом, из отдельных фрагментов сложится общая картина, позволяющая юристу, выстраивая защиту интересов своего доверителя или работодателя, смотреть шире, видеть дальше, мыслить креативнее. Тем читателям, которые готовятся посвятить себя академической работе, курс раскроет множество увлекательных теоретических вопросов, ведущих к глубинам гражданского права и судопроизводства. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Предназначено для студентов высших учебных заведений, обучающихся по юридическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-17945-3</t>
   </si>
   <si>
     <t>14.03.2019</t>
   </si>
   <si>
     <t>ИСПОЛНИТЕЛЬНОЕ ПРОИЗВОДСТВО: ЮРИДИЧЕСКАЯ ОТВЕТСТВЕННОСТЬ. Учебник для вузов</t>
   </si>
   <si>
     <t>В любой отрасли регулирования вопросы ответственности всегда относятся к ключевым. Ответственность является важнейшим элементом юридического режима. В монографии автор рассматривает различные виды ответственности в механизме исполнительного производства. Он выявляет отдельные виды ответственности в исполнительном производстве, анализирует основание и назначение ответственности в исполнительном производстве, а также другие сложные аспекты темы. Для студентов высших учебных заведений, преподавателей, специалистов, а также всех, кто занимается вопросами права.</t>
   </si>
   <si>
     <t>978-5-534-11050-0</t>
   </si>
   <si>
     <t>67я73</t>
   </si>
   <si>
     <t>11.04.2025</t>
   </si>
   <si>
     <t>ИСПОЛНИТЕЛЬНОЕ ПРОИЗВОДСТВО: ЮРИДИЧЕСКАЯ ОТВЕТСТВЕННОСТЬ. Учебник для СПО</t>
+  </si>
+  <si>
+    <t>М.Л. Гальперин</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В любой отрасли регулирования вопросы ответственности всегда относятся к ключевым. Ответственность является важнейшим элементом юридического режима. В курсе автор рассматривает различные виды ответственности в механизме исполнительного производства. Он выявляет отдельные виды ответственности в исполнительном производстве, анализирует основание и назначение ответственности в исполнительном производстве, а также другие сложные аспекты темы. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов и преподавателей образовательных учреждений среднего профессионального образования, а также слушателей программ повышения квалификации и переподготовки кадров.</t>
   </si>
   <si>
     <t>978-5-534-19925-3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -624,51 +624,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskiy-process-otvetstvennost-v-grazhdanskom-sudoproizvodstve-557307" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-560129" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-praktikum-560856" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-civilisticheskie-osnovy-568718" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-yuridicheskaya-otvetstvennost-565936" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-yuridicheskaya-otvetstvennost-581063" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskiy-process-otvetstvennost-v-grazhdanskom-sudoproizvodstve-586117" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-583352" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-praktikum-583677" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-civilisticheskie-osnovy-589440" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-yuridicheskaya-otvetstvennost-587360" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-yuridicheskaya-otvetstvennost-590398" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -849,69 +849,69 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>557307</v>
+        <v>586117</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>196</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>1069.0</v>
       </c>
       <c r="M5" s="9">
         <v>1179.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
@@ -919,387 +919,387 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.357</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>560129</v>
+        <v>583352</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>458</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>2199.0</v>
       </c>
       <c r="M6" s="9">
         <v>2419.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.675</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>560856</v>
+        <v>583677</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>216</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
         <v>1149.0</v>
       </c>
       <c r="M7" s="9">
         <v>1259.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.382</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>568718</v>
+        <v>589440</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>271</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
         <v>1109.0</v>
       </c>
       <c r="M8" s="9">
         <v>1219.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.448</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>565936</v>
+        <v>587360</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>313</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
         <v>1569.0</v>
       </c>
       <c r="M9" s="9">
         <v>1729.0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.499</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>581063</v>
+        <v>590398</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E10" s="6" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>313</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
         <v>1569.0</v>
       </c>
       <c r="M10" s="9">
         <v>1729.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.499</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>