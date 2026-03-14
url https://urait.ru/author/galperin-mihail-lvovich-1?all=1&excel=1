--- v1 (2026-01-21)
+++ v2 (2026-03-14)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
-    <t>21.01.2026</t>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -148,60 +148,60 @@
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Гражданский и арбитражный процесс</t>
   </si>
   <si>
     <t>В данной научной работе проведено комплексное исследование категории неуважения к суду в гражданской процессуальной сфере, выявлено и обосновано значение указанной категории в механизме ответственности в современном гражданском судопроизводстве, изучаются вопросы процессуальной ответственности посредством исследования конкретных элементов механизма ответственности в гражданском судопроизводстве: оснований, условий освобождения от ответственности, мер процессуальной ответственности. Также рассматриваются вопросы ответственности в третейском разбирательстве и международном коммерческом арбитраже. Автор сформулировал обоснованные предложения по внесению изменений и дополнений в законодательство о гражданском судопроизводстве. Монография предназначена преподавателям, аспирантам, магистрантам и студентам, а также широкому кругу читателей, интересующихся темой ответственности в гражданском судопроизводстве.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-19897-3</t>
   </si>
   <si>
     <t>Я.73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
-    <t>20.10.2023</t>
-[...8 lines deleted...]
-    <t>978-5-534-17300-0</t>
+    <t>04.03.2026</t>
+  </si>
+  <si>
+    <t>ИСПОЛНИТЕЛЬНОЕ ПРОИЗВОДСТВО 7-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>В обновленном курсе раскрываются основы исполнительного производства; на конкретных примерах из российской и международной практики объясняются назначение правовых институтов, идеология функционирования системы принудительного исполнения. Авторский курс по исполнительному производству неоднократно признавался студентами факультета права Высшей школы экономики лучшим по критериям «Полезность курса для Вашей будущей карьеры», «Полезность курса для расширения кругозора и разностороннего развития», «Новизна полученных знаний». Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Предназначено для студентов высших учебных заведений, обучающихся по юридическим направлениям.</t>
+  </si>
+  <si>
+    <t>978-5-534-16534-0</t>
   </si>
   <si>
     <t>67.410я73</t>
   </si>
   <si>
     <t>06.05.2021</t>
   </si>
   <si>
     <t>ИСПОЛНИТЕЛЬНОЕ ПРОИЗВОДСТВО. ПРАКТИКУМ 2-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>Обновленная редакция практикума продолжает серию учебных пособий, следуя за выдержавшим несколько изданий авторским учебником по исполнительному производству. Практикум не только призван познакомить читателя с институтами исполнительного производства, но и направлен на развитие аналитических способностей, приобретение необходимых студенту профессиональных навыков применения и толкования закона. Цель книги — позволить понять логику законодателя и суда, научить мыслить и рассуждать как современного юриста. Настоящий практикум - не просто свод задач, а систематизированный сборник наиболее важных и интересных судебных прецедентов, ознакомление с которыми необходимо любому юристу, изучающему и применяющему законодательство об исполнительном производстве. Каждое задание в основной части практикума — реальное судебное дело. Таким образом, при работе с книгой читатель не только закрепляет теоретические знания, но и приобретает новые, знакомясь с актуальными правовыми позициями, которые пригодятся в профессиональной деятельности. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования.</t>
   </si>
   <si>
     <t>978-5-534-14019-4</t>
   </si>
   <si>
     <t>13.10.2023</t>
   </si>
   <si>
     <t>ИСПОЛНИТЕЛЬНОЕ ПРОИЗВОДСТВО: ЦИВИЛИСТИЧЕСКИЕ ОСНОВЫ. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе кратко и наглядно освещены вопросы принудительной реализации гражданских прав с использованием исполнительного производства. С помощью курса у читателя появится возможность закрепить и развить уже имеющиеся познания в частном праве, проследить взаимосвязи между процессуальными и материально-правовыми институтами. Таким образом, из отдельных фрагментов сложится общая картина, позволяющая юристу, выстраивая защиту интересов своего доверителя или работодателя, смотреть шире, видеть дальше, мыслить креативнее. Тем читателям, которые готовятся посвятить себя академической работе, курс раскроет множество увлекательных теоретических вопросов, ведущих к глубинам гражданского права и судопроизводства. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Предназначено для студентов высших учебных заведений, обучающихся по юридическим направлениям.</t>
   </si>
@@ -624,51 +624,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskiy-process-otvetstvennost-v-grazhdanskom-sudoproizvodstve-586117" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-583352" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-praktikum-583677" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-civilisticheskie-osnovy-589440" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-yuridicheskaya-otvetstvennost-587360" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-yuridicheskaya-otvetstvennost-590398" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskiy-process-otvetstvennost-v-grazhdanskom-sudoproizvodstve-586117" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-600272" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-praktikum-583677" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-civilisticheskie-osnovy-589440" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-yuridicheskaya-otvetstvennost-587360" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ispolnitelnoe-proizvodstvo-yuridicheskaya-otvetstvennost-590398" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -876,194 +876,194 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>196</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1069.0</v>
+        <v>1139.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1179.0</v>
+        <v>1249.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.357</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>583352</v>
+        <v>600272</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
-        <v>458</v>
+        <v>443</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>2199.0</v>
+        <v>2279.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2419.0</v>
+        <v>2509.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
-        <v>0.675</v>
+        <v>0.657</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
         <v>583677</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>216</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1149.0</v>
+        <v>1229.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1259.0</v>
+        <v>1349.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>52</v>
       </c>
@@ -1086,54 +1086,54 @@
       <c r="B8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>271</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1109.0</v>
+        <v>1189.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1219.0</v>
+        <v>1309.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>56</v>
       </c>
@@ -1156,54 +1156,54 @@
       <c r="B9" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>313</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1729.0</v>
+        <v>1849.0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
@@ -1224,54 +1224,54 @@
       <c r="B10" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>64</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>313</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1729.0</v>
+        <v>1849.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>68</v>
       </c>