--- v0 (2026-01-17)
+++ v1 (2026-03-04)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
-    <t>17.01.2026</t>
+    <t>05.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -154,111 +154,111 @@
   <si>
     <t>Международное право и международное частное право</t>
   </si>
   <si>
     <t>В курсе освещаются основные проблемы современного международного права. В общей части традиционно излагаются общие вопросы теории международного права. Особое внимание уделяется процессу создания норм международного права; их специфике и отличию от внутригосударственных норм; проблемам соотношения международного и национального права; вопросам реализации международного права; праву международной ответственности. Особенная часть посвящена анализу отдельных отраслей международного права. Наиболее подробно проанализированы те отрасли международного права, которые в настоящее время являются самыми актуальными и проблемными: право международных организаций, право международной безопасности, право вооруженных конфликтов, международное право прав человека, международное уголовное право, международное экономическое право. В курсе отражена авторская концепция международного права, по многим вопросам отличающаяся от концепций других ученых международников.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-18831-8</t>
   </si>
   <si>
     <t>67.9я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>27.01.2025</t>
   </si>
   <si>
     <t>МЕЖДУНАРОДНОЕ ЧАСТНОЕ ПРАВО 6-е изд., пер. и доп. Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> И. В. Гетьман-Павлова.</t>
+    <t>Гетьман-Павлова И. В.</t>
   </si>
   <si>
     <t>Текст курса основан на лекциях по международному частному праву, которые автор читает с 1985 г. в различных юридических образовательных организациях. Издание апробировано в студенческой аудитории и завоевало широкое признание как преподавателей, так и студентов, а также популярность среди практических работников. В курсе излагаются основные положения дисциплины, рассматриваются общие вопросы теории, анализируются специальные институты и подотрасли международного частного права, подробно излагаются вопросы международного гражданского процесса и международного коммерческого арбитража. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по юридическим направлениям, экономистов и юристов-практиков.</t>
   </si>
   <si>
     <t>978-5-534-21426-0</t>
   </si>
   <si>
     <t>67.412.2я73</t>
   </si>
   <si>
     <t>18.07.2024</t>
   </si>
   <si>
     <t>МЕЖДУНАРОДНОЕ ЧАСТНОЕ ПРАВО 7-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t>Гетьман-Павлова И. В.</t>
-[...1 lines deleted...]
-  <si>
     <t>В издании излагаются основные положения общего курса по международному частному праву. В Общей части рассматриваются вопросы теории международного частного права — понятие, предмет, система, метод, источники. Основное внимание уделено вопросам коллизионного права и специфике правоприменения в международном частном праве. В Особенной части анализируются специальные институты и подотрасли международного частного права — международное вещное право, международное контрактное право, международное частное транспортное право, международное частное валютное право, международное частное трудовое право, международное частное право интеллектуальной собственности, международное деликтное право, международное наследственное право, международное семейное право. В отдельную часть выделены вопросы международного гражданского процесса и международного коммерческого арбитража. Для студентов юридических факультетов и вузов, специализирующихся в области международной коммерческой деятельности.</t>
   </si>
   <si>
     <t>978-5-534-19843-0</t>
   </si>
   <si>
-    <t>14.09.2021</t>
-[...10 lines deleted...]
-  <si>
     <t>20.02.2025</t>
   </si>
   <si>
     <t>МЕЖДУНАРОДНОЕ ЧАСТНОЕ ПРАВО. ОБЩАЯ ЧАСТЬ 8-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе излагаются основные положения дисциплины «Международное частное право». В Общей части рассматриваются вопросы теории международного частного права — понятие, предмет, система, метод, источники. Основное внимание уделено вопросам коллизионного права и специфике правоприменения в международном частном праве, исследованию национального законодательства зарубежных стран и международных договоров в сфере международного частного права. Все теоретические построения иллюстрируются примерами из судебной практики, нормами законов и международно-правовых актов. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс ориентирован на студентов, магистров, аспирантов, слушателей программ профессиональной переподготовки и повышения квалификации, преподавателей юридических вузов и психологических факультетов, а также работников правоохранительных органов, адвокатов, судебных психологов.</t>
   </si>
   <si>
     <t>978-5-534-21552-6</t>
   </si>
   <si>
+    <t>30.01.2026</t>
+  </si>
+  <si>
+    <t>Международное частное право. Особенная часть 7-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Гетьман-Павлова И. В., Крутий Е. А., Фонотова О. В.</t>
+  </si>
+  <si>
+    <t>В курсе излагаются основные положения Особенной части международного частного права: право лиц, международное вещное право, международное контрактное право, международное частное транспортное право, международное частное валютное право, международное частное право интеллектуальной собственности, международное деликтное право, международное наследственное право, международное семейное право. Особое внимание в курсе уделено исследованию национального законодательства зарубежных стран и международных договоров в сфере международного частного права. Курс ориентирован на студентов, аспирантов, слушателей программ профессиональной переподготовки и повышения квалификации, преподавателей юридических вузов и факультетов.</t>
+  </si>
+  <si>
+    <t>978-5-534-18322-1</t>
+  </si>
+  <si>
     <t>24.07.2025</t>
   </si>
   <si>
     <t>Международное частное процессуальное право 7-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t xml:space="preserve"> И. В. Гетьман-Павлова,  Е. В. Мохова,  В. Е. Романова.</t>
   </si>
   <si>
-    <t>В курсе излагаются основные положения дисциплины «Международное частное право». В отдельную часть (том 3) выделены процессуальные и материально-процессуальные отрасли в системе международного частного права: вопросы международного гражданского процесса и международного коммерческого арбитража, проблемы транснацио нального банкротства (международное конкурсное право) и международного нотариального права, альтернативные способы разрешения трансграничных частноправовых споров. Особое внимание в курсе уделено исследованию нацио нального законодательства зарубежных стран и международных договоров в сфере международного частного права и международного гражданского процесса. Все теоретические построения иллюстрируются примерами из судебной практики, нормами законов и международно-правовых актов. Анализ российского законодательства учитывает все нововведения, внесенные в соответствующие нормативные правовые акты.</t>
+    <t>В курсе излагаются процессуальные и материально-процессуальные отрасли в системе международного частного права: вопросы международного гражданского процесса и международного коммерческого арбитража, проблемы транснационального банкротства (международное конкурсное право) и международного нотариального права, альтернативные способы разрешения трансграничных частноправовых споров. Особое внимание в курсе уделено исследованию национального законодательства зарубежных стран и международных договоров в сфере международного частного права и международного гражданского процесса. Все теоретические построения иллюстрируются примерами из судебной практики, нормами законов и международно-правовых актов. Анализ российского законодательства учитывает все нововведения, внесенные в соответствующие нормативные правовые акты.</t>
   </si>
   <si>
     <t>978-5-534-19795-2</t>
   </si>
   <si>
     <t>05.03.2020</t>
   </si>
   <si>
     <t>МЕЖДУНАРОДНЫЙ ГРАЖДАНСКИЙ ПРОЦЕСС 2-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>Гетьман-Павлова И. В., Касаткина А. С., Филатова М. А. ; Под общ. ред. Гетьман-Павловой И.В.</t>
   </si>
   <si>
     <t>Гражданский и арбитражный процесс</t>
   </si>
   <si>
     <t>В учебнике рассматриваются вопросы теории международного гражданского процесса, проблемы международной юрисдикции, статус субъектов международных гражданских споров. Исследуются основные виды оказания правовой помощи — исполнение иностранных поручений, признание и принудительное исполнение иностранных судебных решений. В отдельные темы выделены вопросы международного нотариального права и международного конкурсного права (трансграничной несостоятельности). Теоретические построения иллюстрируются примерами из судебной практики, нормами законов и международно-правовых актов. Анализ российского законодательства учитывает все нововведения, внесенные в соответствующие нормативные правовые акты. Информационную базу учебника составляет национальное законодательство по международному гражданскому процессу (в основном комплексные автономные кодификации, принятые во многих зарубежных странах). Особое внимание уделяется анализу норм российского международного гражданского процесса, закрепленных в Гражданском процессуальном кодексе Российской Федерации и Арбитражном процессуальном кодексе Российской Федерации. Большое место занимает анализ международно-правового и европейского регулирования. Учебник соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов по специальности «Юриспруденция», обучающихся по программе подготовки магистра по магистерской программе «Международное частное право»; по магистерским программам «Корпоративный юрист», «Адвокатура», «Правовое обеспечение предпринимательской деятельности», «Юрист в правосудии и правоохранительной деятельности»; для студентов, аспирантов и преподавателей юридических вузов, иных учебных заведений, специализирующихся в области международной коммерческой деятельности; для юристов-практиков.</t>
   </si>
   <si>
     <t>978-5-534-13153-6</t>
   </si>
   <si>
     <t>67.410.1я73</t>
   </si>
@@ -660,87 +660,87 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-pravo-551768" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-chastnoe-pravo-571352" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-chastnoe-pravo-557227" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-chastnoe-pravo-v-3-t-tom-2-osobennaya-chast-561669" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-chastnoe-pravo-obschaya-chast-577328" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-chastnoe-processualnoe-pravo-580951" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnyy-grazhdanskiy-process-584850" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rimskoe-chastnoe-pravo-osnovnye-instituty-v-shemah-559767" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-pravo-551768" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-chastnoe-pravo-582495" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-chastnoe-pravo-582574" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-chastnoe-pravo-obschaya-chast-584332" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-chastnoe-pravo-osobennaya-chast-580460" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-chastnoe-processualnoe-pravo-580951" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnyy-grazhdanskiy-process-584850" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rimskoe-chastnoe-pravo-osnovnye-instituty-v-shemah-582642" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
     <col min="19" max="19" width="100" customWidth="true" style="0"/>
     <col min="20" max="20" width="19" customWidth="true" style="0"/>
-    <col min="21" max="21" width="35.563" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="17.139" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8.284" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="13.854" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
@@ -912,544 +912,544 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2024</v>
       </c>
       <c r="J5" s="8">
         <v>590</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2769.0</v>
+        <v>2959.0</v>
       </c>
       <c r="M5" s="9">
-        <v>3049.0</v>
+        <v>3249.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.835</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>571352</v>
+        <v>582495</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>245</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1279.0</v>
+        <v>1369.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1409.0</v>
+        <v>1509.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.417</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>557227</v>
+        <v>582574</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>511</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2429.0</v>
+        <v>2599.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2669.0</v>
+        <v>2859.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.739</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>561669</v>
+        <v>584332</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
-        <v>470</v>
+        <v>346</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2249.0</v>
+        <v>1829.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2469.0</v>
+        <v>2009.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
-        <v>0.689</v>
+        <v>0.539</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>577328</v>
+        <v>580460</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" s="6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
-        <v>346</v>
+        <v>547</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1709.0</v>
+        <v>2759.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1879.0</v>
+        <v>3029.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
-        <v>0.539</v>
+        <v>0.783</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
         <v>580951</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2025</v>
       </c>
       <c r="J10" s="8">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1899.0</v>
+        <v>1999.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2089.0</v>
+        <v>2199.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
-        <v>0.591</v>
+        <v>0.583</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
         <v>584850</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>70</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>341</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1689.0</v>
+        <v>1809.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1859.0</v>
+        <v>1989.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>71</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.533</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>559767</v>
+        <v>582642</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>76</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>175</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>979.0</v>
+        <v>1039.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1079.0</v>
+        <v>1139.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>77</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>78</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>79</v>
       </c>