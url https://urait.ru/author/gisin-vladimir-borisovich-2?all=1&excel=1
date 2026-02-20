--- v0 (2025-12-25)
+++ v1 (2026-02-20)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
-    <t>25.12.2025</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -241,51 +241,51 @@
   <si>
     <t>60*90/16</t>
   </si>
   <si>
     <t>23.01.2017</t>
   </si>
   <si>
     <t>МАТЕМАТИКА. ПРАКТИКУМ. Учебник для СПО</t>
   </si>
   <si>
     <t>Практикум формирует компетенции учащихся в объеме, предусмотренном требованиями стандарта среднего (полного) общего образования по математике. В настоящем практикуме приводятся задания по математике для подготовки студентов к курсовым экзаменам и зачетам, проводимым как в традиционной форме, так и виде компьютерного тестирования по разделам: линейная алгебра и аналитическая геометрия, математический анализ, теория вероятностей и математическая статистика. Каждый параграф содержит краткий справочный материал, примеры с решениями и задания для самостоятельной работы. В середине и в конце каждой главы даются контрольные тесты. В конце пособия приведены программа и итоговые (демонстрационные) тесты по разделу «Математика», предлагавшиеся в составе заданий комплексного вступительного испытания для обучения по программам магистратуры Финансового университета при Правительстве Российской Федерации. Даются методические рекомендации по подготовке к компьютерному тестированию.</t>
   </si>
   <si>
     <t>978-5-9916-8846-8</t>
   </si>
   <si>
     <t>22.1я723</t>
   </si>
   <si>
     <t>25.05.2018</t>
   </si>
   <si>
     <t>МАТЕМАТИЧЕСКИЕ МЕТОДЫ ФИНАНСОВОГО АНАЛИЗА 2-е изд., испр. и доп. Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. А. Бабайцев,  В. Б. Гисин.</t>
+    <t>Бабайцев В. А., Гисин В. Б.</t>
   </si>
   <si>
     <t>Математические методы в профессиональной деятельности. Методика обучения математике</t>
   </si>
   <si>
     <t>В пособии рассматривается применение различных математических методов в сфере финансового анализа. Автор описывает основы финансовой математики, характеризует особенности и свойства облигаций. В издании представлены понятия и базовые задачи портфельного анализа, отдельная глава посвящена использованию производных финансовых инструментов. Каждая глава сопровождается упражнениями для закрепления теоретического материала. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, аспирантов, преподавателей и всех интересующихся.</t>
   </si>
   <si>
     <t>978-5-534-17101-3</t>
   </si>
   <si>
     <t>22.172я73</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -657,51 +657,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/diskretnaya-matematika-577329" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/diskretnaya-matematika-566511" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/diskretnye-matematicheskie-modeli-v-ekonomike-i-informatike-575508" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/diskretnye-modeli-v-ekonomike-580135" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-praktikum-560803" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-praktikum-562342" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematicheskie-metody-finansovogo-analiza-532392" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/diskretnaya-matematika-582991" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/diskretnaya-matematika-587737" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/diskretnye-matematicheskie-modeli-v-ekonomike-i-informatike-590270" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/diskretnye-modeli-v-ekonomike-589601" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-praktikum-583632" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematika-praktikum-584904" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematicheskie-metody-finansovogo-analiza-586348" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -882,501 +882,501 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>577329</v>
+        <v>582991</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>428</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2069.0</v>
+        <v>2209.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2279.0</v>
+        <v>2429.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.638</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>566511</v>
+        <v>587737</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>468</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>2239.0</v>
+        <v>2399.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2459.0</v>
+        <v>2639.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.687</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>575508</v>
+        <v>590270</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>148</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="9">
-        <v>739.0</v>
+        <v>789.0</v>
       </c>
       <c r="M7" s="9">
-        <v>809.0</v>
+        <v>869.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.197</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>580135</v>
+        <v>589601</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>76</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="9">
-        <v>459.0</v>
+        <v>499.0</v>
       </c>
       <c r="M8" s="9">
-        <v>499.0</v>
+        <v>549.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.111</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>560803</v>
+        <v>583632</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>204</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>889.0</v>
+        <v>949.0</v>
       </c>
       <c r="M9" s="9">
-        <v>979.0</v>
+        <v>1039.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="Y9" s="8">
         <v>0.293</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>562342</v>
+        <v>584904</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>202</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>879.0</v>
+        <v>939.0</v>
       </c>
       <c r="M10" s="9">
-        <v>969.0</v>
+        <v>1029.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="Y10" s="8">
         <v>0.291</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>532392</v>
+        <v>586348</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>169</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>949.0</v>
+        <v>1019.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1039.0</v>
+        <v>1119.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>78</v>
       </c>