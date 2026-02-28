--- v1 (2026-02-20)
+++ v2 (2026-02-28)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
-    <t>20.02.2026</t>
+    <t>28.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>