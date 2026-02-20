--- v0 (2025-12-25)
+++ v1 (2026-02-20)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
-[...1 lines deleted...]
-    <t>25.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+  <si>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -107,207 +107,123 @@
     <t>Подтематика</t>
   </si>
   <si>
     <t>Аннотация</t>
   </si>
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
-  </si>
-[...52 lines deleted...]
-    <t>978-5-534-21346-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
-      <name val="Calibri"/>
-[...16 lines deleted...]
-      <color rgb="FFF18B00"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCD9A"/>
         <bgColor rgb="FFFFCD9A"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFD9D9D9"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="6">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="164" fillId="2" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="164" fillId="3" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -564,89 +480,89 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/additivnye-tehnologii-pri-proizvodstve-i-tehnicheskom-servise-selskohozyaystvennoy-tehniki-557601" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-proizvodstva-izdeliy-s-ispolzovaniem-additivnyh-tehnologiy-v-selskom-hozyaystve-569764" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z6"/>
+  <dimension ref="A1:Z4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
     <col min="19" max="19" width="100" customWidth="true" style="0"/>
     <col min="20" max="20" width="19" customWidth="true" style="0"/>
-    <col min="21" max="21" width="17.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="9.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8.284" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="8.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="8.284" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="13.854" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
@@ -674,53 +590,51 @@
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="B3" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
@@ -787,198 +701,56 @@
       <c r="S4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="5" spans="1:26">
-[...136 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
-  <hyperlinks>
-[...2 lines deleted...]
-  </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>