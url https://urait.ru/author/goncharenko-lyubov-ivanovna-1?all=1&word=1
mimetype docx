--- v0 (2026-01-21)
+++ v1 (2026-03-19)
@@ -39,114 +39,114 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/582992</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Налоги и налогообложение : учебник и практикум для среднего профессионального образования / ответственный редактор Л. И. Гончаренко. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 465 с. — (Профессиональное образование). — ISBN 978-5-534-19353-4.</w:t>
+        <w:t xml:space="preserve">Налоги и налогообложение : учебник и практикум для среднего профессионального образования / ответственный редактор Л. И. Гончаренко. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 465 с. — (Профессиональное образование). — ISBN 978-5-534-19353-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/565158</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Налоги и налогообложение : учебник и практикум для вузов / ответственные редакторы Г. Б. Поляк, Е. Е. Смирнова. — 6-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 350 с. — (Высшее образование). — ISBN 978-5-534-20038-6.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586802</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Налоги и налогообложение : учебник для вузов / ответственные редакторы Г. Б. Поляк, Е. Е. Смирнова. — 6-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 348 с. — (Высшее образование). — ISBN 978-5-534-20038-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/582706</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Налоги и налогообложение : учебник и практикум для среднего профессионального образования / ответственные редакторы Г. Б. Поляк, Е. Е. Смирнова. — 6-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 350 с. — (Профессиональное образование). — ISBN 978-5-534-20039-3.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/581147</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Налоги и налогообложение : учебник и практикум для среднего профессионального образования / ответственные редакторы Г. Б. Поляк, Е. Е. Смирнова. — 6-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 350 с. — (Профессиональное образование). — ISBN 978-5-534-20039-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/583618</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/581148</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Налогообложение физических лиц : учебник для вузов / под редакцией Л. И. Гончаренко. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 322 с. — (Высшее образование). — ISBN 978-5-534-15471-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -357,85 +357,86 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:hideSpellingErrors w:val="false"/>
   <w:hideGrammaticalErrors w:val="false"/>
   <w:trackRevisions w:val="false"/>
   <w:doNotTrackMoves w:val="false"/>
   <w:doNotTrackFormatting w:val="false"/>
   <w:evenAndOddHeaders w:val="false"/>
   <w:updateFields w:val="false"/>
   <w:bookFoldPrinting w:val="false"/>
   <w:themeFontLang w:val="en-US"/>
   <w:zoom w:percent="100"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="Link"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582992" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565158" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582706" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583618" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583938" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583361" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587542" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587544" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/560369" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582992" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586802" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/581147" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/581148" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583938" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583361" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587542" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587544" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/560369" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>