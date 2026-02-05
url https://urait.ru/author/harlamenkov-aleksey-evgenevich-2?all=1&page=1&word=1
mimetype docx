--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -273,51 +273,51 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/568758</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Харламенков, А. Е. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Теория русского жестового языка : учебник для вузов / А. Е. Харламенков. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 405 с. — (Высшее образование). — ISBN 978-5-534-21612-7.</w:t>
+        <w:t xml:space="preserve">Теория русского жестового языка : учебник для вузов / А. Е. Харламенков. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 423 с. — (Высшее образование). — ISBN 978-5-534-21612-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/582232</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Харламенков, А. Е. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>