--- v0 (2025-12-20)
+++ v1 (2026-02-08)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>21.12.2025</t>
+    <t>08.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>29.11.2021</t>
   </si>
   <si>
     <t>МЕТОДЫ ОПТИМИЗАЦИИ В ХИМИЧЕСКОЙ ТЕХНОЛОГИИ: КОМПЬЮТЕРНЫЕ ПРОГРАММЫ ДЛЯ МНОГОЦЕЛЕВОЙ ОПТИМИЗАЦИИ. Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. А. Холоднов,  Д. А. Краснобородько,  Р. Ю. Кулишенко,  М. Ю. Лебедева.</t>
+    <t>Холоднов В. А., Краснобородько Д. А., Кулишенко Р. Ю., Лебедева М. Ю.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Естественные науки</t>
   </si>
   <si>
     <t>Химия</t>
   </si>
   <si>
     <t>Курс посвящен решению задач многоцелевой оптимизации химико-технологических процессов и систем с использованием таких программ, как Excel, Octave, GAMS, Mathcad и MATLAB. Приводятся теоретические основы применения методов многокритериальной оптимизации в химической технологии, даны примеры решения задач и варианты заданий для самостоятельного выполнения. Основным достоинством курса является наличие фрагментов готового кода программ, которые студент может использовать при решении своих задач. Курс предназначен для студентов высших учебных заведений, обучающихся по химико-технологическим направлениям, но может быть полезно и дипломированным специалистам в области химической технологии, системного анализа.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20513-8</t>
   </si>
@@ -549,51 +549,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metody-optimizacii-v-himicheskoy-tehnologii-kompyuternye-programmy-dlya-mnogocelevoy-optimizacii-558286" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metody-optimizacii-v-himicheskoy-tehnologii-kompyuternye-programmy-dlya-mnogocelevoy-optimizacii-588680" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -774,81 +774,81 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558286</v>
+        <v>588680</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>195</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1059.0</v>
+        <v>1139.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1159.0</v>
+        <v>1249.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>