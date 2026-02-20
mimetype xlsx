--- v0 (2025-12-25)
+++ v1 (2026-02-20)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
-    <t>25.12.2025</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -208,51 +208,51 @@
   <si>
     <t>15.02.2023</t>
   </si>
   <si>
     <t>ВНУТРИФИРМЕННОЕ БЮДЖЕТИРОВАНИЕ. ТЕОРИЯ И ПРАКТИКА 4-е изд., испр. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Учебник посвящен рассмотрению назначения внутрифирменного бюджетирования, призван раскрыть его основы и охарактеризовать его составные элементы как управленческой технологии, а также проанализировать сопутствующий инструментарий. Материал изложен в интересной и доступной форме. Особое внимание уделяется практической ориентации книги. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов учреждений среднего профессионального образования, обучающихся по экономическим направлениям, преподавателей, финансовых директоров, руководителей и специалистов экономических служб предприятий.</t>
   </si>
   <si>
     <t>978-5-534-16348-3</t>
   </si>
   <si>
     <t>21.06.2017</t>
   </si>
   <si>
     <t>МАРКЕТИНГ. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> И. В. Корнеева,  В. Е. Хруцкий.</t>
+    <t>Корнеева И. В., Хруцкий В. Е.</t>
   </si>
   <si>
     <t>Маркетинг</t>
   </si>
   <si>
     <t>В курсе рассматриваются теория и практика современного маркетинга, включая современные технологии разработки бизнес-моделей, определения потребительской ценности, бенчмаркинга, составления функциональных карт и других инструментов повышения конкурентоспособности бизнеса на базе средств маркетинга. Конкретные деловые ситуации, приведенные в курсе основаны на обобщении большого опыта консультативной деятельности по разработке планов маркетинга и проведения на протяжении нескольких десятков лет программы МВА «Управление развитием бизнеса» в РАНХиГС при Президенте России.</t>
   </si>
   <si>
     <t>978-5-534-19482-1</t>
   </si>
   <si>
     <t>65.290-2я73</t>
   </si>
   <si>
     <t>07.08.2018</t>
   </si>
   <si>
     <t>ОЦЕНКА ПЕРСОНАЛА. СБАЛАНСИРОВАННАЯ СИСТЕМА ПОКАЗАТЕЛЕЙ 3-е изд., испр. и доп. Практическое пособие</t>
   </si>
   <si>
     <t>Хруцкий В. Е., Толмачев Р. А., Хруцкий Р. В.</t>
   </si>
   <si>
     <t>Менеджмент</t>
   </si>
@@ -663,51 +663,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vnutrifirmennoe-byudzhetirovanie-sem-prakticheskih-shagov-562584" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vnutrifirmennoe-byudzhetirovanie-sem-prakticheskih-shagov-562322" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vnutrifirmennoe-byudzhetirovanie-teoriya-i-praktika-562321" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vnutrifirmennoe-byudzhetirovanie-teoriya-i-praktika-562585" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/marketing-556529" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ocenka-personala-sbalansirovannaya-sistema-pokazateley-563406" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ocenka-personala-sbalansirovannaya-sistema-pokazateley-562320" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vnutrifirmennoe-byudzhetirovanie-sem-prakticheskih-shagov-585115" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vnutrifirmennoe-byudzhetirovanie-sem-prakticheskih-shagov-584889" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vnutrifirmennoe-byudzhetirovanie-teoriya-i-praktika-584888" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vnutrifirmennoe-byudzhetirovanie-teoriya-i-praktika-585116" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/marketing-584387" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ocenka-personala-sbalansirovannaya-sistema-pokazateley-585679" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ocenka-personala-sbalansirovannaya-sistema-pokazateley-584887" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -888,497 +888,497 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>562584</v>
+        <v>585115</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>205</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>889.0</v>
+        <v>949.0</v>
       </c>
       <c r="M5" s="9">
-        <v>979.0</v>
+        <v>1039.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6">
         <v>65.29</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y5" s="8">
         <v>0.294</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>562322</v>
+        <v>584889</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>205</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>889.0</v>
+        <v>949.0</v>
       </c>
       <c r="M6" s="9">
-        <v>979.0</v>
+        <v>1039.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y6" s="8">
         <v>0.294</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>562321</v>
+        <v>584888</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>572</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2689.0</v>
+        <v>2879.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2959.0</v>
+        <v>3169.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Y7" s="8">
         <v>0.813</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>562585</v>
+        <v>585116</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>572</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2689.0</v>
+        <v>2879.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2959.0</v>
+        <v>3169.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Y8" s="8">
         <v>0.813</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>556529</v>
+        <v>584387</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>402</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1959.0</v>
+        <v>2089.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2149.0</v>
+        <v>2299.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Y9" s="8">
         <v>0.607</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>563406</v>
+        <v>585679</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>203</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1099.0</v>
+        <v>1169.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1209.0</v>
+        <v>1289.0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>73</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>74</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>75</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>76</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Y10" s="8">
         <v>0.366</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>562320</v>
+        <v>584887</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>78</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>203</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1099.0</v>
+        <v>1169.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1209.0</v>
+        <v>1289.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>79</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>80</v>
       </c>