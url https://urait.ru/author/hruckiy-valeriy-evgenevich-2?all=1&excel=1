--- v1 (2026-02-20)
+++ v2 (2026-02-21)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
-    <t>20.02.2026</t>
+    <t>21.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>