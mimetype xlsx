--- v2 (2026-02-21)
+++ v3 (2026-03-05)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
-    <t>21.02.2026</t>
+    <t>05.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>