--- v0 (2026-01-16)
+++ v1 (2026-02-21)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
-[...1 lines deleted...]
-    <t>16.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+  <si>
+    <t>21.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -112,105 +112,102 @@
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>14.01.2014</t>
   </si>
   <si>
-    <t>ИСТОРИЯ И МЕТОДОЛОГИЯ ФИЗИКИ 2-е изд., пер. и доп. Учебник для магистратуры</t>
+    <t>ИСТОРИЯ И МЕТОДОЛОГИЯ ФИЗИКИ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Ильин В. А., Кудрявцев В. В.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Естественные науки</t>
   </si>
   <si>
     <t>Общая и теоретическая физика</t>
   </si>
   <si>
-    <t>В учебнике рассмотрена история развития физики, особое внимание уделено истории выдающихся физических открытий ХХ начала ХХI в. Значительное место в издании отведено методологии физики как науки: общим подходам и методологическим концепциям теории и практики выдающихся ученых-физиков. Подробно изложена история развития современной физики и физических открытий, которые были сделаны за последние 50 100 лет. В частности, значительное внимание уделено истории радиофизики, в том числе отечественной. Для освоения содержания курса предусмотрены вопросы для самоконтроля и задания для самостоятельной работы.</t>
+    <t>В учебнике рассмотрена история развития физики, особое внимание уделено истории выдающихся физических открытий ХХ начала ХХI в. Значительное место в издании отведено методологии физики как науки: общим подходам и методологическим концепциям теории и практики выдающихся ученых-физиков. В частности, значительное внимание уделено истории радиофизики, в том числе отечественной.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
-    <t>978-5-9916-3063-4</t>
+    <t>978-5-534-21943-2</t>
   </si>
   <si>
     <t>22.3г.я73</t>
   </si>
   <si>
-    <t>84*108/32</t>
+    <t>70*100/16</t>
   </si>
   <si>
     <t>16.06.2016</t>
   </si>
   <si>
     <t>ФИЗИКА. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Ильин В. А., Бахтина Е. Ю., Виноградова Н. Б., Самойленко П. И. ; Под ред. Ильина В.А.</t>
   </si>
   <si>
     <t>Учебник и практикум «Физика» соответствует требованиям ФГОС ВО и предназначен для студентов, изучающих физику по образовательным программам, реализуемым в высших учебных заведениях различного профиля: в классических и педагогических университетах, технических вузах. Учебник также может быть полезен студентам, обучающимся по магистерским программам, для которых физика является неосновной дисциплиной. Предлагаемый учебник не является альтернативой фундаментальным учебникам по физике, но призван служить кратким пособием для повторения изученного ранее учебного материала. Используя данную учебную книгу, в частности, при подготовке к экзамену по физике, студенты могут в предельно сжатые сроки систематизировать знания, приобретенные в процессе изучения дисциплины; сосредоточить свое внимание на ее основных понятиях; сформировать примерную структуру (план) ответов на разные вопросы. Особенностью данной учебной книги является то, что она в полной мере посвящена физике, математика в ней играет только роль вычислительного аппарата, математического обеспечения. Учебник содержит практикум, включающий примеры решения типовых задач по всем разделам физики, значительное количество задач для самостоятельного решения и тесты. Особое внимание уделено общекультурным и профессиональным компетенциям, формируемым при изучении физики.</t>
   </si>
   <si>
     <t>978-5-9916-6343-4</t>
   </si>
   <si>
     <t>22.3я73</t>
-  </si>
-[...1 lines deleted...]
-    <t>70*100/16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
@@ -570,51 +567,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-i-metodologiya-fiziki-508142" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/fizika-560134" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-i-metodologiya-fiziki-590667" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/fizika-583358" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -795,182 +792,182 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>508142</v>
+        <v>590667</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
-        <v>579</v>
+        <v>429</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2189.0</v>
+        <v>2219.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2409.0</v>
+        <v>2439.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
-        <v>0.567</v>
+        <v>0.64</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>560134</v>
+        <v>583358</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>399</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1939.0</v>
+        <v>2079.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2129.0</v>
+        <v>2289.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.603</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>