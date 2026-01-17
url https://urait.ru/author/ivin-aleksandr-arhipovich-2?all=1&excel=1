--- v0 (2025-12-25)
+++ v1 (2026-01-17)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
-    <t>25.12.2025</t>
+    <t>17.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>