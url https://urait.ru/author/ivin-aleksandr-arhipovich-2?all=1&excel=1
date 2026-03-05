--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
-    <t>17.01.2026</t>
+    <t>05.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -355,57 +355,57 @@
   <si>
     <t>24.12.2012</t>
   </si>
   <si>
     <t>СОЦИАЛЬНАЯ ФИЛОСОФИЯ 2-е изд., пер. и доп. Учебник для бакалавров</t>
   </si>
   <si>
     <t>Социология</t>
   </si>
   <si>
     <t>В учебнике анализируются основные идеи и проблемы современной социальной философии. Проанализированы особенности социального познания, а также стили современного социального nеоретизирования. Особенностью издания является рассмотрение вопроса о возможности динамических или статистических «законов» истории, уделено внимание исторически обозримым перспективам развития современного общества, социальным институтам, факторам устойчивости общества и его динамики, понятиям свободы, равенства и справедливости.</t>
   </si>
   <si>
     <t>978-5-9916-2396-4</t>
   </si>
   <si>
     <t>87.6я73</t>
   </si>
   <si>
     <t>84*108/32</t>
   </si>
   <si>
     <t>07.11.2012</t>
   </si>
   <si>
-    <t>ТЕОРИЯ И ПРАКТИКА АРГУМЕНТАЦИИ 2-е изд., пер. и доп. Учебник для бакалавров</t>
-[...5 lines deleted...]
-    <t>978-5-9916-2329-2</t>
+    <t>ТЕОРИЯ И ПРАКТИКА АРГУМЕНТАЦИИ 2-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>В курсе анализируются основные способы воздействия речью на убеждения людей. При описании способов убеждения основное внимание уделяется прямому и косвенному подтверждению в опыте, примерам и иллюстрациям, теоретическим доводам, ссылкам на традицию, здравый смысл и вкус, ловушкам языка, искусству полемики и дискуссии. В курсе широко используются примеры, взятые из художественной литературы, истории науки и философии, что позволяет теснее связать теорию и практику аргументации.</t>
+  </si>
+  <si>
+    <t>978-5-534-21952-4</t>
   </si>
   <si>
     <t>13.12.2016</t>
   </si>
   <si>
     <t>ФИЛОСОФИЯ НАУКИ В 2 Ч. ЧАСТЬ 1 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Настоящий учебник посвящен основным проблемам философии науки. Наука в нем понимается предельно широко, она включает естественные, социальные, гуманитарные и формальные науки. Книга состоит из двух частей. В первой части представлены основные задачи, методология, нормы, а также способы обоснования философии науки.</t>
   </si>
   <si>
     <t>978-5-534-08855-7, 978-5-534-08861-8</t>
   </si>
   <si>
     <t>ФИЛОСОФИЯ НАУКИ В 2 Ч. ЧАСТЬ 2 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Настоящий учебник посвящен основным проблемам философии науки. Наука в нем понимается предельно широко, она включает естественные, социальные, гуманитарные и формальные науки. Книга состоит из двух частей. Во второй части представлено многообразие ценностей в науке, внутренние и внешние факторы развития научных теорий, операции научного объяснения, предсказания и понимания.</t>
   </si>
   <si>
     <t>978-5-534-08857-1, 978-5-534-08861-8</t>
   </si>
   <si>
     <t>28.05.2014</t>
   </si>
@@ -795,51 +795,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/aksiologiya-562333" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-filosofii-561106" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/logika-559805" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/logika-562191" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/logika-dlya-zhurnalistov-562334" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/logika-dlya-yuristov-536789" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/logika-dlya-yuristov-545033" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/logika-elementarnyy-kurs-539375" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-filosofii-561107" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prakticheskaya-logika-563842" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prakticheskaya-logika-zadachi-i-uprazhneniya-563298" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prakticheskaya-logika-zadachi-i-uprazhneniya-564183" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ritorika-560936" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ritorika-561924" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-filosofiya-425246" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-i-praktika-argumentacii-508143" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/filosofiya-nauki-v-2-ch-chast-1-562396" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/filosofiya-nauki-v-2-ch-chast-2-562549" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/filosofiya-535658" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/aksiologiya-598653" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-filosofii-583889" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/logika-598402" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/logika-598635" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/logika-dlya-zhurnalistov-598654" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/logika-dlya-yuristov-598491" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/logika-dlya-yuristov-599031" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/logika-elementarnyy-kurs-539375" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-filosofii-583890" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prakticheskaya-logika-598809" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prakticheskaya-logika-zadachi-i-uprazhneniya-598753" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prakticheskaya-logika-zadachi-i-uprazhneniya-598824" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ritorika-598500" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ritorika-598602" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-filosofiya-425246" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-i-praktika-argumentacii-590689" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/filosofiya-nauki-v-2-ch-chast-1-598661" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/filosofiya-nauki-v-2-ch-chast-2-598681" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/filosofiya-582700" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -1020,501 +1020,501 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>562333</v>
+        <v>598653</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>342</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1699.0</v>
+        <v>1819.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1869.0</v>
+        <v>1999.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.534</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>561106</v>
+        <v>583889</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>169</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>759.0</v>
+        <v>819.0</v>
       </c>
       <c r="M6" s="9">
-        <v>829.0</v>
+        <v>899.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Y6" s="8">
         <v>0.259</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>559805</v>
+        <v>598402</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>377</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1489.0</v>
+        <v>1589.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1639.0</v>
+        <v>1749.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Y7" s="8">
         <v>0.46</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>562191</v>
+        <v>598635</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>387</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1519.0</v>
+        <v>1629.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1669.0</v>
+        <v>1789.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Y8" s="8">
         <v>0.47</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>562334</v>
+        <v>598654</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>200</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1079.0</v>
+        <v>1159.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1189.0</v>
+        <v>1269.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.362</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>536789</v>
+        <v>598491</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>262</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1349.0</v>
+        <v>1449.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1479.0</v>
+        <v>1589.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.437</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>545033</v>
+        <v>599031</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>262</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1349.0</v>
+        <v>1449.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1479.0</v>
+        <v>1589.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>59</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>74</v>
       </c>
@@ -1537,474 +1537,474 @@
       <c r="B12" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>76</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2024</v>
       </c>
       <c r="J12" s="8">
         <v>215</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1149.0</v>
+        <v>1229.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1259.0</v>
+        <v>1349.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>77</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>78</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.38</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>561107</v>
+        <v>583890</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>79</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>80</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>478</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1839.0</v>
+        <v>1969.0</v>
       </c>
       <c r="M13" s="9">
-        <v>2019.0</v>
+        <v>2169.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>59</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>81</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>82</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>83</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>84</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Y13" s="8">
         <v>0.557</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>563842</v>
+        <v>598809</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>223</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>1179.0</v>
+        <v>1269.0</v>
       </c>
       <c r="M14" s="9">
-        <v>1299.0</v>
+        <v>1399.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S14" s="6" t="s">
         <v>86</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>87</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.39</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>563298</v>
+        <v>598753</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>88</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>89</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>171</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>769.0</v>
+        <v>819.0</v>
       </c>
       <c r="M15" s="9">
-        <v>849.0</v>
+        <v>899.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>90</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>91</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Y15" s="8">
         <v>0.261</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>564183</v>
+        <v>598824</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>92</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>93</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>171</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
-        <v>769.0</v>
+        <v>819.0</v>
       </c>
       <c r="M16" s="9">
-        <v>849.0</v>
+        <v>899.0</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>59</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S16" s="6" t="s">
         <v>90</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
         <v>94</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Y16" s="8">
         <v>0.261</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>560936</v>
+        <v>598500</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>95</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>96</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>278</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="9">
-        <v>1419.0</v>
+        <v>1519.0</v>
       </c>
       <c r="M17" s="9">
-        <v>1559.0</v>
+        <v>1669.0</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S17" s="6" t="s">
         <v>97</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
         <v>98</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
         <v>99</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y17" s="8">
         <v>0.457</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>561924</v>
+        <v>598602</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>100</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>278</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L18" s="9">
-        <v>1419.0</v>
+        <v>1519.0</v>
       </c>
       <c r="M18" s="9">
-        <v>1559.0</v>
+        <v>1669.0</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>59</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R18" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S18" s="6" t="s">
         <v>102</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
         <v>103</v>
       </c>
@@ -2070,291 +2070,291 @@
         <v>107</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>108</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>109</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
         <v>110</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>111</v>
       </c>
       <c r="Y19" s="8">
         <v>0.509</v>
       </c>
       <c r="Z19" s="6"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="8">
-        <v>508143</v>
+        <v>590689</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>112</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>113</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="8">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="J20" s="8">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L20" s="9">
-        <v>1219.0</v>
+        <v>1389.0</v>
       </c>
       <c r="M20" s="9">
-        <v>1339.0</v>
+        <v>1529.0</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q20" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R20" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S20" s="6" t="s">
         <v>114</v>
       </c>
       <c r="T20" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U20" s="6" t="s">
         <v>115</v>
       </c>
       <c r="V20" s="6"/>
       <c r="W20" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X20" s="6" t="s">
-        <v>111</v>
+        <v>43</v>
       </c>
       <c r="Y20" s="8">
-        <v>0.331</v>
+        <v>0.423</v>
       </c>
       <c r="Z20" s="6"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="8">
-        <v>562396</v>
+        <v>598661</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>116</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>117</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F21" s="6"/>
       <c r="G21" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J21" s="8">
         <v>287</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L21" s="9">
-        <v>1459.0</v>
+        <v>1559.0</v>
       </c>
       <c r="M21" s="9">
-        <v>1599.0</v>
+        <v>1709.0</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q21" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R21" s="6" t="s">
         <v>81</v>
       </c>
       <c r="S21" s="6" t="s">
         <v>118</v>
       </c>
       <c r="T21" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U21" s="6" t="s">
         <v>119</v>
       </c>
       <c r="V21" s="6"/>
       <c r="W21" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X21" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y21" s="8">
         <v>0.468</v>
       </c>
       <c r="Z21" s="6"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="8">
-        <v>562549</v>
+        <v>598681</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>116</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>120</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F22" s="6"/>
       <c r="G22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J22" s="8">
         <v>244</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L22" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="M22" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q22" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R22" s="6" t="s">
         <v>81</v>
       </c>
       <c r="S22" s="6" t="s">
         <v>121</v>
       </c>
       <c r="T22" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U22" s="6" t="s">
         <v>122</v>
       </c>
       <c r="V22" s="6"/>
       <c r="W22" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X22" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y22" s="8">
         <v>0.415</v>
       </c>
       <c r="Z22" s="6"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="8">
-        <v>535658</v>
+        <v>582700</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>123</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>124</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J23" s="8">
         <v>478</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L23" s="9">
-        <v>1839.0</v>
+        <v>1969.0</v>
       </c>
       <c r="M23" s="9">
-        <v>2019.0</v>
+        <v>2169.0</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>81</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>82</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>125</v>
       </c>