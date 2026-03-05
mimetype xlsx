--- v0 (2025-12-25)
+++ v1 (2026-03-05)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
-[...1 lines deleted...]
-    <t>25.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+  <si>
+    <t>05.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -112,147 +112,144 @@
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>28.10.2013</t>
   </si>
   <si>
-    <t>ИСТОРИЯ, ФИЛОСОФИЯ И МЕТОДОЛОГИЯ ЕСТЕСТВЕННЫХ НАУК. Учебник для магистров</t>
+    <t>ИСТОРИЯ, ФИЛОСОФИЯ И МЕТОДОЛОГИЯ ЕСТЕСТВЕННЫХ НАУК. Учебник для вузов</t>
   </si>
   <si>
     <t>Канке В. А.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Общественные науки</t>
   </si>
   <si>
     <t>Философия</t>
   </si>
   <si>
-    <t>Курс представляет собой оригинальное изложение истории, философии и методологии физики и химии. Философия физики и химии анализируется в систематическом виде на основе теории концептуальных переходов. Большое значение придается новейшим концепциям.</t>
+    <t>Учебник представляет собой оригинальное изложение истории, философии и методологии физики и химии. Философия физики и химии анализируется в систематическом виде на основе теории концептуальных переходов. Большое значение придается новейшим концепциям.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
-    <t>978-5-9916-3041-2</t>
+    <t>978-5-534-21951-7</t>
   </si>
   <si>
     <t>20в7я73</t>
   </si>
   <si>
-    <t>84*108/32</t>
+    <t>70*100/16</t>
   </si>
   <si>
     <t>19.07.2013</t>
   </si>
   <si>
-    <t>ИСТОРИЯ, ФИЛОСОФИЯ И МЕТОДОЛОГИЯ ПЕДАГОГИКИ И ПСИХОЛОГИИ. Учебное пособие для магистров</t>
+    <t>ИСТОРИЯ, ФИЛОСОФИЯ И МЕТОДОЛОГИЯ ПЕДАГОГИКИ И ПСИХОЛОГИИ. Учебник для вузов</t>
   </si>
   <si>
     <t>Канке В. А., Берулава М. Н. ; Под ред. Берулавы М.Н.</t>
   </si>
   <si>
     <t>Науковедение</t>
   </si>
   <si>
-    <t>Книга представляет собой оригинальное изложение истории, философии и методологии психологии и педагогики. Изложение ведется с позиций теории концептуальных переходов. При рассмотрении философии той или иной науки автор уделяет первостепенное внимание концептуальному устройству теорий, а также их интертеоретическим и интернаучным связям. Большое значение придается новейшим концепциям. Успешно усвоить теоретические положения поможет методический комплекс, включающий тесты, задания, вопросы для самоконтроля по главам и в целом по курсу. Издание также содержит приложение, включающее словарь терминов, примерные темы рефератов, список рекомендуемой литературы и другие справочные материалы.</t>
-[...2 lines deleted...]
-    <t>978-5-9916-2990-4</t>
+    <t>Книга представляет собой оригинальное изложение истории, философии и методологии психологии и педагогики. Изложение ведется с позиций теории концептуальных переходов. При рассмотрении философии той или иной науки автор уделяет первостепенное внимание концептуальному устройству теорий, а также их интертеоретическим и интернаучным связям. Большое значение придается новейшим концепциям. Издание также содержит приложение, включающее словарь терминов, примерные темы рефератов, список рекомендуемой литературы и другие справочные материалы.</t>
+  </si>
+  <si>
+    <t>978-5-534-21944-9</t>
   </si>
   <si>
     <t>(74.03+88)я73</t>
   </si>
   <si>
     <t>01.11.2013</t>
   </si>
   <si>
     <t>ИСТОРИЯ, ФИЛОСОФИЯ И МЕТОДОЛОГИЯ СОЦИАЛЬНЫХ НАУК. Учебник для вузов</t>
   </si>
   <si>
     <t>В учебнике освещены вопросы истории, философии и методологии социальных наук. Изложена теория концептуальной трансдукции. Проанализировано концептуальное устройство социальных наук, методы этих наук. Раскрыты онтологические, эпистемологические, методологические, этические, трансдисциплинарные аспекты социальных наук. Рассмотрен плюрализм основных современных философских систем, его сопряжение с содержанием социальных наук.</t>
   </si>
   <si>
     <t>978-5-534-21738-4</t>
   </si>
   <si>
     <t>60в7я73</t>
   </si>
   <si>
-    <t>70*100/16</t>
-[...1 lines deleted...]
-  <si>
     <t>29.04.2013</t>
   </si>
   <si>
     <t>ИСТОРИЯ, ФИЛОСОФИЯ И МЕТОДОЛОГИЯ ТЕХНИКИ И ИНФОРМАТИКИ. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе освещаются исторические, эпистемологические, онтологические, аксиологические и этические аспекты технических теорий и информатики. Рассматривается широкий спектр трансдисциплинарных связей, учтены и критически проанализированы достижения зарубежных авторов. Как философия техники, так и информатики интерпретируются в контексте современной специальной философии науки. Особое внимание уделяется этическим вопросам.</t>
   </si>
   <si>
     <t>978-5-534-21774-2</t>
   </si>
   <si>
     <t>87.30я73</t>
   </si>
   <si>
     <t>04.09.2014</t>
   </si>
   <si>
     <t>КОНЦЕПЦИИ СОВРЕМЕННОГО ЕСТЕСТВОЗНАНИЯ. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. А. Канке,  Л. В. Лукашина.</t>
+    <t>Канке В. А., Лукашина Л. В.</t>
   </si>
   <si>
     <t>Естественные науки</t>
   </si>
   <si>
     <t>Естествознание</t>
   </si>
   <si>
     <t>Настоящий учебник представляет собой оригинальное изложение курса «Концепции современного естествознания». Отдельные главы посвящены концептуальному устройству наук, физическим, астрономическим и космологическим, геологическим, химическим и биологическим концепциям. Изложение ведется с позиций теории концептуальной трансдукции. Значительное внимание уделяется достижениям естествознания XXI в., их методологическим основаниям, плюрализму знания, трансдисциплинарному подходу, этическим проблемам. Успешно освоить учебный материал поможет методический корпус, включающий тесты, задания, вопросы для самоконтроля, многочисленные пояснительные рисунки и справочные материалы.</t>
   </si>
   <si>
     <t>978-5-9916-5051-9</t>
   </si>
   <si>
     <t>20я73</t>
   </si>
   <si>
     <t>04.06.2015</t>
   </si>
   <si>
     <t>ТЕОРИЯ ОБУЧЕНИЯ И ВОСПИТАНИЯ. Учебник и практикум</t>
   </si>
   <si>
     <t>Педагогика, психология, социальная работа</t>
   </si>
@@ -678,51 +675,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-filosofiya-i-metodologiya-estestvennyh-nauk-508723" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-filosofiya-i-metodologiya-pedagogiki-i-psihologii-508830" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-filosofiya-i-metodologiya-socialnyh-nauk-581996" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-filosofiya-i-metodologiya-tehniki-i-informatiki-582044" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/koncepcii-sovremennogo-estestvoznaniya-555739" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-obucheniya-i-vospitaniya-560640" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/filosofiya-i-metodologiya-istoricheskogo-poznaniya-581994" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/filosofskie-problemy-nauki-i-tehniki-560937" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-filosofiya-i-metodologiya-estestvennyh-nauk-590687" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-filosofiya-i-metodologiya-pedagogiki-i-psihologii-590668" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-filosofiya-i-metodologiya-socialnyh-nauk-583048" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-filosofiya-i-metodologiya-tehniki-i-informatiki-583047" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/koncepcii-sovremennogo-estestvoznaniya-582575" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-obucheniya-i-vospitaniya-583492" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/filosofiya-i-metodologiya-istoricheskogo-poznaniya-590140" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/filosofskie-problemy-nauki-i-tehniki-583748" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -903,602 +900,602 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>508723</v>
+        <v>590687</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
-        <v>505</v>
+        <v>399</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1929.0</v>
+        <v>2079.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2119.0</v>
+        <v>2289.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
-        <v>0.504</v>
+        <v>0.603</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>508830</v>
+        <v>590668</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
-        <v>487</v>
+        <v>405</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1869.0</v>
+        <v>2109.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2059.0</v>
+        <v>2319.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
-        <v>0.489</v>
+        <v>0.611</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>581996</v>
+        <v>583048</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>491</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2339.0</v>
+        <v>2499.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2569.0</v>
+        <v>2749.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X7" s="6" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.715</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>582044</v>
+        <v>583047</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>345</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1709.0</v>
+        <v>1829.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1879.0</v>
+        <v>2009.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="X8" s="6" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.538</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>555739</v>
+        <v>582575</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E9" s="6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>362</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1779.0</v>
+        <v>1909.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1959.0</v>
+        <v>2099.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="R9" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="R9" s="6" t="s">
+      <c r="S9" s="6" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="X9" s="6" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.558</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>560640</v>
+        <v>583492</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>297</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1499.0</v>
+        <v>1609.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1649.0</v>
+        <v>1769.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="R10" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="R10" s="6" t="s">
+      <c r="S10" s="6" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X10" s="6" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.48</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>581994</v>
+        <v>590140</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>100</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="L11" s="9">
-        <v>559.0</v>
+        <v>589.0</v>
       </c>
       <c r="M11" s="9">
-        <v>609.0</v>
+        <v>649.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X11" s="6" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.14</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>560937</v>
+        <v>583748</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>288</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1459.0</v>
+        <v>1569.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1599.0</v>
+        <v>1729.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="X12" s="6" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.469</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>