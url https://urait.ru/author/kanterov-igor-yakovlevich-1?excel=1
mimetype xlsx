--- v0 (2025-12-15)
+++ v1 (2026-01-15)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>15.12.2025</t>
+    <t>15.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>