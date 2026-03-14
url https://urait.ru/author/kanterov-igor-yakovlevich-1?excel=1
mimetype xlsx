--- v1 (2026-01-15)
+++ v2 (2026-03-14)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
-[...1 lines deleted...]
-    <t>15.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -149,53 +149,50 @@
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Общественные науки</t>
   </si>
   <si>
     <t>Религиоведение</t>
   </si>
   <si>
     <t>Учебник посвящен рассмотрению мировых религий — буддизма, христианства (православия), их возникновения, развития, распространения, современного состояния. Показываются социально-экономические условия и духовные предпосылки их зарождения, становление вероучений, культа, организаций, разделение на направления, течения, конфессии. Осмысливаются современные религиозные процессы на фоне глобальных социально-политических и социокультурных изменений в мире. Авторы анализируют вероучение и философию основных направлений буддизма, теологию и философию православия, социально-политические позиции и деятельность буддийских, христианских (православных) организаций. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, аспирантов и преподавателей вузов, преподавателей и учащихся старших классов общеобразовательных школ, лицеев гуманитарного профиля, всех интересующихся вопросами религиоведения.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-18490-7</t>
   </si>
   <si>
     <t>86.2я73</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
   <si>
     <t>ИСТОРИЯ РЕЛИГИИ. ЗАПАДНЫЕ КОНФЕССИИ. ИСЛАМ. НОВЫЕ РЕЛИГИИ 4-е изд. Учебник для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> И. Н. Яблоков [и др.] ; ответственный редактор И. Н. Яблоков.</t>
   </si>
   <si>
     <t>Курс посвящен рассмотрению мировых религий — ислама и христианства, их возникновению, развитию, распространению, современному состоянию. В нем исследуются теология и философия различных направлений христианства и ислама, социально-политические позиции и деятельность христианских (католических, протестантских), мусульманских организаций. Материал курса содержит обзор новых религиозных движений, излагаются причины их появления, специфика их вероучений, культа, организации, деятельности. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, аспирантов и преподавателей вузов, преподавателей и учащихся старших классов общеобразовательных школ, лицеев гуманитарного профиля, всех интересующихся вопросами религиоведения.</t>
   </si>
   <si>
     <t>978-5-534-18491-4</t>
   </si>
   <si>
     <t>24.08.2016</t>
   </si>
   <si>
     <t>НОВЫЕ РЕЛИГИОЗНЫЕ ДВИЖЕНИЯ 3-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Кантеров И. Я.</t>
   </si>
   <si>
     <t>Распространение новых религиозных образований оказывает заметное влияние на состояние и развитие религиозной ситуации в стране, на динамику отношений между конфессиями и их взаимоотношения с государством. В настоящее время в России насчитываются десятки неорелигиозных объединений, действующих на основании Конституции РФ, Федеарального закона «О свободе совести и о религиозных объединениях». Тем не менее деятельность некоторых разновидностей НРД вызывает острые дискуссии, протесты против «нашествия сект и культов». В учебнике рассматриваются проблемы вероучения и практики новых религиозных движений, не получившие освещения в отечественном и зарубежном религиоведении. Автор обращает внимание на теоретико-методологическое изучение природы новых религиозных образований, причины их возникновения, формы и приемы пополнения своих последователей. Впервые анализируется отношение основных традиционных религий к неорелигиозным объединениям, противодействия их распространению.</t>
   </si>
   <si>
     <t>978-5-534-07349-2</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
@@ -579,51 +576,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-religii-buddizm-vostochnye-cerkvi-pravoslavie-561664" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-religii-zapadnye-konfessii-islam-novye-religii-535133" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/novye-religioznye-dvizheniya-561447" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-religii-buddizm-vostochnye-cerkvi-pravoslavie-584330" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-religii-zapadnye-konfessii-islam-novye-religii-584331" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/novye-religioznye-dvizheniya-598551" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -804,252 +801,252 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>561664</v>
+        <v>584330</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>376</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1479.0</v>
+        <v>1589.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1629.0</v>
+        <v>1749.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.459</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>535133</v>
+        <v>584331</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>391</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1529.0</v>
+        <v>1639.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1679.0</v>
+        <v>1799.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.473</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>561447</v>
+        <v>598551</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" s="6" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>326</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1629.0</v>
+        <v>1739.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1789.0</v>
+        <v>1909.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y7" s="8">
         <v>0.515</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>